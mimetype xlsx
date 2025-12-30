--- v0 (2025-10-18)
+++ v1 (2025-12-30)
@@ -12,98 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Measure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Indicative Implementation Date</t>
   </si>
   <si>
     <t>Definitive Implementation Date</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Advance rulings</t>
   </si>
   <si>
     <t>31 December 2020</t>
   </si>
   <si>
     <t>22 August 2020</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
-    <t>No</t>
+    <t>SECO, WCO</t>
   </si>
   <si>
     <t>Cooperation and technical assistance for the implementation of advance rulings, for which it is necessary to:
 - acquire knowledge of the procedural framework and guidelines for processing
 and verifying proper use of advance rulings;
 - know the legal and regulatory implications of issuing them;
 - draw up regulations, procedures and other instruments for the implementation, period
 of validity and revocation of advance rulings.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Human resources and training</t>
   </si>
   <si>
     <t>5.3.1, 5.3.2, 5.3.3</t>
   </si>
   <si>
     <t>Test procedures</t>
   </si>
   <si>
     <t>31 December 2022</t>
   </si>
   <si>
     <t>Implementation of simultaneous inspection centres, fitted with, inter alia, mineral testing and verification laboratories, phytosanitary laboratories and quarantine facilities, in
 addition to non-intrusive goods inspection methods.
 Estimated investment: US$13-16 million.</t>
@@ -113,50 +113,56 @@
   </si>
   <si>
     <t>10.1.1 (a), 10.1.1 (b), 10.1.1 (c), 10.1.1 (d)</t>
   </si>
   <si>
     <t>Formalities</t>
   </si>
   <si>
     <t>31 December 2019</t>
   </si>
   <si>
     <t>Technical assistance and support to streamline and optimize foreign trade
 processes and procedures in order to eliminate unnecessary formalities, ensure
 clear and transparent procedures that meet efficiency targets, incorporate risk
 management procedures, and are consistent with international standards and international best practice.
 Estimated investment: US$1.25 million.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Institutional procedures</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Single window</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>IDB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -520,138 +526,144 @@
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>16</v>
       </c>
       <c r="J2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3">
         <v>5.3</v>
       </c>
       <c r="B3" t="s">
         <v>18</v>
       </c>
       <c r="C3" t="s">
         <v>19</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
         <v>13</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I3" t="s">
         <v>21</v>
       </c>
       <c r="J3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>10.1</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>25</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I4" t="s">
         <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>10.4</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>13</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="G5" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">