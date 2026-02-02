--- v0 (2025-12-04)
+++ v1 (2026-02-02)
@@ -1172,51 +1172,51 @@
       </c>
       <c r="H15" t="s">
         <v>15</v>
       </c>
       <c r="I15" t="s">
         <v>78</v>
       </c>
       <c r="J15" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>10.2</v>
       </c>
       <c r="B16" t="s">
         <v>79</v>
       </c>
       <c r="C16" t="s">
         <v>80</v>
       </c>
       <c r="D16" t="s">
         <v>29</v>
       </c>
       <c r="E16" t="s">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="I16" t="s">
         <v>81</v>
       </c>
       <c r="J16" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>10.4</v>
       </c>
       <c r="B17" t="s">
         <v>82</v>
       </c>
       <c r="C17" t="s">
         <v>83</v>
       </c>
       <c r="D17" t="s">
@@ -1233,51 +1233,51 @@
       </c>
       <c r="H17" t="s">
         <v>57</v>
       </c>
       <c r="I17" t="s">
         <v>84</v>
       </c>
       <c r="J17" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>10.6</v>
       </c>
       <c r="B18" t="s">
         <v>85</v>
       </c>
       <c r="C18" t="s">
         <v>86</v>
       </c>
       <c r="D18" t="s">
         <v>55</v>
       </c>
       <c r="E18" t="s">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="I18" t="s">
         <v>87</v>
       </c>
       <c r="J18" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>12</v>
       </c>
       <c r="B19" t="s">
         <v>88</v>
       </c>
       <c r="C19" t="s">
         <v>89</v>
       </c>
       <c r="D19" t="s">