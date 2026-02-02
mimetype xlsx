--- v0 (2025-11-09)
+++ v1 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Measure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Indicative Implementation Date</t>
   </si>
   <si>
     <t>Definitive Implementation Date</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
@@ -156,127 +156,130 @@
   <si>
     <t>7.6.1, 7.6.2</t>
   </si>
   <si>
     <t>Average release times</t>
   </si>
   <si>
     <t>•	Putting in place systems to meet Trade Facilitation Agreement requirements to be able to regularly measure and publish average release times.
 •	Developing procedures for regularly publishing and measuring average release times. 
 •	Conducting the Time Release Study and publishing the results.
 •	Holding a training workshop for the Time Release Study with all border agencies.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Human resources and training</t>
   </si>
   <si>
     <t>8.1, 8.2 (a), 8.2 (b), 8.2 (c), 8.2 (d), 8.2 (e)</t>
   </si>
   <si>
     <t>Border Agency Cooperation</t>
   </si>
   <si>
     <t>31 December 2024</t>
   </si>
   <si>
-    <t>31 December 2025</t>
+    <t>31 December 2028</t>
   </si>
   <si>
     <t>•	Reviewing the legal framework for cooperation among border agencies.
 •	Connecting the information systems for the different agencies.
 •	Holding a workshop to raise awareness among agencies involved in cooperation among border agencies.
 •	Providing training on inter-agency cooperation procedures.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Human resources and training, Awareness-raising</t>
   </si>
   <si>
     <t>10.3.1, 10.3.2</t>
   </si>
   <si>
     <t>Use of international standards</t>
   </si>
   <si>
+    <t>31 December 2025</t>
+  </si>
+  <si>
     <t>•	Reviewing procedures, rules and regulations and bringing them into line with international conventions (regional and multilateral framework).
 •	Participating in meetings on the development and updating of international standards.
 •	Transposing international standards into domestic legislation.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Single window</t>
   </si>
   <si>
+    <t>31 December 2026</t>
+  </si>
+  <si>
     <t>•	Creating a legal and regulatory framework for implementing the Single Window for Foreign Trade.
 •	Installing IT equipment.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Infrastructure and equipment</t>
   </si>
   <si>
     <t>11.1 (a), 11.1 (b)</t>
   </si>
   <si>
     <t>Transit</t>
   </si>
   <si>
     <t>•	Review, and amend if necessary, laws, regulations, procedures, and documentation requirements.
 •	Assessing the impact of measures applied to transit traffic (charges, regulations, formalities) and ensuring that the objectives are legitimate and that pro-trade solutions are applied.
 •	Training all stakeholders.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Human resources and training</t>
   </si>
   <si>
     <t>•	Reviewing all transit fees to ensure they reflect the cost of services rendered.
 •	Strengthening the legal framework for inspecting means of transport in transit and goods in transit.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework</t>
   </si>
   <si>
     <t>•	Reviewing and updating automated systems to ensure there are tools for inspecting transit operations and managing transit guarantees.
 •	Training stakeholders on the World Customs Organization directives on transit.</t>
   </si>
   <si>
     <t>11.6 (a), 11.6 (b), 11.7, 11.8, 11.9, 11.10</t>
   </si>
   <si>
     <t>•	Creating guarantee systems and implementing relevant procedures and tools for supervising transit operations and managing transit guarantees.</t>
   </si>
   <si>
-    <t>11.16 (a)</t>
+    <t>11.16 (a), 11.16 (b), 11.16 (c)</t>
   </si>
   <si>
     <t>•	Implementing World Customs Organization directives on transit facilitation.</t>
-  </si>
-[...1 lines deleted...]
-    <t>11.16 (b), 11.16 (c)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -580,51 +583,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J23"/>
+  <dimension ref="A1:J22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -805,501 +808,472 @@
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="I7" t="s">
         <v>38</v>
       </c>
       <c r="J7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>10.3</v>
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="I8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J8" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>10.4</v>
       </c>
       <c r="B9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E9" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="I9" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="J9" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C10" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>37</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="I10" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J10" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>11</v>
       </c>
       <c r="B11">
         <v>11.2</v>
       </c>
       <c r="C11" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="I11" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
         <v>11.3</v>
       </c>
       <c r="C12" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="I12" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J12" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>11</v>
       </c>
       <c r="B13">
         <v>11.4</v>
       </c>
       <c r="C13" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="I13" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="J13" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>11</v>
       </c>
       <c r="B14">
         <v>11.5</v>
       </c>
       <c r="C14" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="I14" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="J14" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="I15" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J15" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>11</v>
       </c>
       <c r="B16">
         <v>11.11</v>
       </c>
       <c r="C16" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="I16" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="J16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>11</v>
       </c>
       <c r="B17">
         <v>11.12</v>
       </c>
       <c r="C17" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>37</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="I17" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="J17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>11</v>
       </c>
       <c r="B18">
         <v>11.13</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
         <v>37</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="I18" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="J18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>11</v>
       </c>
       <c r="B19">
         <v>11.14</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>37</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="I19" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="J19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>11</v>
       </c>
       <c r="B20">
         <v>11.15</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
         <v>37</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="I20" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="J20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
         <v>37</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="I21" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="J21" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
         <v>11</v>
       </c>
-      <c r="B22" t="s">
-        <v>59</v>
+      <c r="B22">
+        <v>11.17</v>
       </c>
       <c r="C22" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
         <v>37</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="I22" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="J22" t="s">
-        <v>53</v>
-[...28 lines deleted...]
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">