--- v0 (2025-10-19)
+++ v1 (2025-12-29)
@@ -797,54 +797,54 @@
   <si>
     <t>12.10 (f)</t>
   </si>
   <si>
     <t>12.10 (g)</t>
   </si>
   <si>
     <t>12.10 (h)</t>
   </si>
   <si>
     <t>12.11.1 (a)</t>
   </si>
   <si>
     <t>12.11.1 (b)</t>
   </si>
   <si>
     <t>12.11.1 (c)</t>
   </si>
   <si>
     <t>12.11.2</t>
   </si>
   <si>
     <t>12.12.1</t>
   </si>
   <si>
+    <t>30 June 2028</t>
+  </si>
+  <si>
     <t>12.12.2</t>
-  </si>
-[...1 lines deleted...]
-    <t>30 June 2028</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4536,71 +4536,71 @@
         <v>8</v>
       </c>
       <c r="E236" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="B237" t="s">
         <v>259</v>
       </c>
       <c r="C237" t="s">
         <v>21</v>
       </c>
       <c r="D237" t="s">
         <v>8</v>
       </c>
       <c r="E237" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="B238" t="s">
         <v>260</v>
       </c>
       <c r="C238" t="s">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="D238" t="s">
         <v>8</v>
       </c>
       <c r="E238" t="s">
-        <v>64</v>
+        <v>261</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="B239" t="s">
+        <v>262</v>
+      </c>
+      <c r="C239" t="s">
+        <v>7</v>
+      </c>
+      <c r="D239" t="s">
+        <v>8</v>
+      </c>
+      <c r="E239" t="s">
         <v>261</v>
-      </c>
-[...7 lines deleted...]
-        <v>262</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">