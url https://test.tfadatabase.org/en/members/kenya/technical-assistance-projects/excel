--- v0 (2025-10-19)
+++ v1 (2025-12-29)
@@ -413,51 +413,51 @@
   <si>
     <t>Rejected Goods</t>
   </si>
   <si>
     <t>Support to:
 1.	Install modern incinerators and other disposal facilities; and
 2.	Review policy and/or legal framework on rejected goods to ensure conformity with the relevant TFA provisions.</t>
   </si>
   <si>
     <t>11.1 (a), 11.1 (b), 11.2, 11.3, 11.4, 11.5, 11.6 (a), 11.6 (b), 11.7, 11.8, 11.9, 11.10, 11.11, 11.12, 11.13, 11.14, 11.15, 11.16 (a), 11.16 (b), 11.16 (c), 11.17</t>
   </si>
   <si>
     <t>Transit</t>
   </si>
   <si>
     <t>Support to:
 1.	Enhance the legal framework supporting implementation of Cargo tracking;
 2.	Improve the infrastructure along the transit corridor;
 3.	Simplify formalities, documentation procedures and Customs controls on cargo in transit; and
 4.	Harmonize the EAC Electronic Cargo tracking system.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Infrastructure and equipment</t>
   </si>
   <si>
-    <t>12.1.1, 12.1.2, 12.2.1, 12.2.2, 12.5.1 (a), 12.5.1 (b), 12.5.1 (c), 12.5.1 (d), 12.5.1 (e), 12.5.1 (f), 12.5.2, 12.5.3, 12.6.1 (a), 12.6.1 (b), 12.6.1 (c), 12.6.1 (d), 12.6.1 (e), 12.6.2, 12.7.1 (a), 12.7.1 (b), 12.7.1 (c), 12.7.1 (d), 12.7.1 (e), 12.7.2, 12.8, 12.9.1, 12.9.2, 12.10 (a), 12.10 (b), 12.10 (c), 12.10 (d), 12.10 (e), 12.10 (f), 12.10 (g), 12.10 (h), 12.11.1 (a), 12.11.1 (b), 12.11.1 (c), 12.11.2, 12.12.1</t>
+    <t>12.1.1, 12.1.2, 12.2.1, 12.2.2, 12.5.1 (a), 12.5.1 (b), 12.5.1 (c), 12.5.1 (d), 12.5.1 (e), 12.5.1 (f), 12.5.2, 12.5.3, 12.6.1 (a), 12.6.1 (b), 12.6.1 (c), 12.6.1 (d), 12.6.1 (e), 12.6.2, 12.7.1 (a), 12.7.1 (b), 12.7.1 (c), 12.7.1 (d), 12.7.1 (e), 12.7.2, 12.8, 12.9.1, 12.9.2, 12.10 (a), 12.10 (b), 12.10 (c), 12.10 (d), 12.10 (e), 12.10 (f), 12.10 (g), 12.10 (h), 12.11.1 (a), 12.11.1 (b), 12.11.1 (c), 12.11.2</t>
   </si>
   <si>
     <t>Customs cooperation</t>
   </si>
   <si>
     <t>Support to: 
 1.	Capacity build Kenya’s customs administration on matters of cooperation with other customs authorities;
 2.	Review EAC customs law to ensure compliance with provisions of this Article.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Human resources and training</t>
   </si>
   <si>
     <t>12.4.1 (a), 12.4.1 (b), 12.4.1 (c), 12.4.1 (d), 12.4.1 (e), 12.4.1 (f), 12.4.2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>