--- v0 (2025-10-22)
+++ v1 (2025-12-30)
@@ -53,97 +53,97 @@
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>1.2.1 (a), 1.2.1 (b), 1.2.1 (c), 1.2.2, 1.2.3</t>
   </si>
   <si>
     <t>Information available through internet</t>
   </si>
   <si>
     <t>31 December 2019</t>
   </si>
   <si>
-    <t>31 December 2025</t>
+    <t>31 December 2028</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>WB</t>
   </si>
   <si>
     <t>•	Support with the software for upgrade of Lesotho Trade Portal (LTP) that can publish the current trade regulations including but not limited to administrative procedures, agencies to visit, results or outcomes, forms, requirements, licenses, permits, penalties applicable in case of breach, applicable fees, duration of each procedure and laws that justify the procedure and its contents in a step by step manner.
 •	Technical assistance to build a user-friendly interface with clear import and export procedures for each product.
 •	Awareness (education and communications) campaigns to promote the use of LTP.
 •	Capacity building to ensure maintenance and extension of the LTP.
 •	Service Level Agreements which outline procedure for review and provision of the updates by Agencies.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Human resources and training, Awareness-raising</t>
   </si>
   <si>
     <t>1.3.1, 1.3.2, 1.3.3, 1.3.4</t>
   </si>
   <si>
     <t>Enquiry points</t>
   </si>
   <si>
     <t>31 December 2021</t>
   </si>
   <si>
-    <t>31 December 2028</t>
-[...1 lines deleted...]
-  <si>
     <t>•	Expand enquiry points beyond MTI, MAFS and LRA to other agencies.
 •	Strengthen SPS Committee by developing the ToRs and training.
 •	Capacity building on operating and maintaining enquiry points.
 •	Coordination and monitoring (in an electronic format) of the services for all enquiry points.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Human resources and training</t>
   </si>
   <si>
     <t>4.1 (a), 4.1 (b), 4.2, 4.3, 4.4 (a), 4.4 (b), 4.4 end paragraph, 4.5, 4.6</t>
   </si>
   <si>
     <t>Procedures for appeal or review</t>
   </si>
   <si>
     <t>31 December 2023</t>
+  </si>
+  <si>
+    <t>31 December 2025</t>
   </si>
   <si>
     <t>•	Support to review draft legislation.
 •	Operationalize LRA's Tribunal Body including its capacity building.
 •	Capacity building on implementing appeal procedures.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Human resources and training</t>
   </si>
   <si>
     <t>5.3.1, 5.3.2, 5.3.3</t>
   </si>
   <si>
     <t>Test procedures</t>
   </si>
   <si>
     <t>31 December 2035</t>
   </si>
   <si>
     <t>IAEA, FAO</t>
   </si>
   <si>
     <t>•	Support to develop testing parameters and accreditation for veterinary laboratories.
 •	ICT infrastructure and technology (networking, automation, high-speed internet).
 •	Procurement of testing equipment
@@ -781,481 +781,481 @@
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>16</v>
       </c>
       <c r="J2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3">
         <v>1.3</v>
       </c>
       <c r="B3" t="s">
         <v>18</v>
       </c>
       <c r="C3" t="s">
         <v>19</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G3" t="s">
+        <v>14</v>
+      </c>
+      <c r="I3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="I3" t="s">
+      <c r="J3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>4</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>25</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>5.3</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>32</v>
       </c>
       <c r="I5" t="s">
         <v>33</v>
       </c>
       <c r="J5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>7.1</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
       <c r="C6" t="s">
         <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E6" t="s">
         <v>37</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>15</v>
       </c>
       <c r="I6" t="s">
         <v>38</v>
       </c>
       <c r="J6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>7.3</v>
       </c>
       <c r="B7" t="s">
         <v>40</v>
       </c>
       <c r="C7" t="s">
         <v>41</v>
       </c>
       <c r="D7" t="s">
+        <v>25</v>
+      </c>
+      <c r="E7" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="I7" t="s">
         <v>42</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>7.4</v>
       </c>
       <c r="B8" t="s">
         <v>43</v>
       </c>
       <c r="C8" t="s">
         <v>44</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
         <v>45</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>15</v>
       </c>
       <c r="I8" t="s">
         <v>46</v>
       </c>
       <c r="J8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>7.5</v>
       </c>
       <c r="B9" t="s">
         <v>47</v>
       </c>
       <c r="C9" t="s">
         <v>48</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
         <v>13</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="I9" t="s">
         <v>49</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>7.6</v>
       </c>
       <c r="B10" t="s">
         <v>50</v>
       </c>
       <c r="C10" t="s">
         <v>51</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
         <v>52</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>53</v>
       </c>
       <c r="I10" t="s">
         <v>54</v>
       </c>
       <c r="J10" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>7.7</v>
       </c>
       <c r="B11" t="s">
         <v>56</v>
       </c>
       <c r="C11" t="s">
         <v>57</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>58</v>
       </c>
       <c r="I11" t="s">
         <v>59</v>
       </c>
       <c r="J11" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>7.8</v>
       </c>
       <c r="B12" t="s">
         <v>61</v>
       </c>
       <c r="C12" t="s">
         <v>62</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E12" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>63</v>
       </c>
       <c r="I12" t="s">
         <v>64</v>
       </c>
       <c r="J12" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>7.9</v>
       </c>
       <c r="B13" t="s">
         <v>66</v>
       </c>
       <c r="C13" t="s">
         <v>67</v>
       </c>
       <c r="D13" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E13" t="s">
         <v>31</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="I13" t="s">
         <v>68</v>
       </c>
       <c r="J13" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>69</v>
       </c>
       <c r="C14" t="s">
         <v>70</v>
       </c>
       <c r="D14" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>31</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>15</v>
       </c>
       <c r="I14" t="s">
         <v>71</v>
       </c>
       <c r="J14" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>10.1</v>
       </c>
       <c r="B15" t="s">
         <v>73</v>
       </c>
       <c r="C15" t="s">
         <v>74</v>
       </c>
       <c r="D15" t="s">
+        <v>25</v>
+      </c>
+      <c r="E15" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>75</v>
       </c>
       <c r="I15" t="s">
         <v>76</v>
       </c>
       <c r="J15" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>10.3</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
         <v>78</v>
       </c>
       <c r="D16" t="s">
+        <v>26</v>
+      </c>
+      <c r="E16" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>75</v>
       </c>
       <c r="I16" t="s">
         <v>79</v>
       </c>
       <c r="J16" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>10.4</v>
       </c>
       <c r="B17" t="s">
         <v>80</v>
       </c>
       <c r="C17" t="s">
         <v>81</v>
       </c>
       <c r="D17" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
         <v>31</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>15</v>
       </c>
       <c r="I17" t="s">
         <v>82</v>
       </c>
       <c r="J17" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>10.7</v>
       </c>
       <c r="B18" t="s">
@@ -1275,109 +1275,109 @@
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>15</v>
       </c>
       <c r="I18" t="s">
         <v>86</v>
       </c>
       <c r="J18" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>10.8</v>
       </c>
       <c r="B19" t="s">
         <v>87</v>
       </c>
       <c r="C19" t="s">
         <v>88</v>
       </c>
       <c r="D19" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E19" t="s">
         <v>13</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="I19" t="s">
         <v>89</v>
       </c>
       <c r="J19" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>10.9</v>
       </c>
       <c r="B20" t="s">
         <v>90</v>
       </c>
       <c r="C20" t="s">
         <v>91</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="I20" t="s">
         <v>92</v>
       </c>
       <c r="J20" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>12</v>
       </c>
       <c r="B21" t="s">
         <v>93</v>
       </c>
       <c r="C21" t="s">
         <v>94</v>
       </c>
       <c r="D21" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E21" t="s">
         <v>37</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>95</v>
       </c>
       <c r="I21" t="s">
         <v>96</v>
       </c>
       <c r="J21" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">