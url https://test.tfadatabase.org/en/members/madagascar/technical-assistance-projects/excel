--- v0 (2025-10-19)
+++ v1 (2026-02-02)
@@ -12,92 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Measure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Indicative Implementation Date</t>
   </si>
   <si>
     <t>Definitive Implementation Date</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>1.1.1 (a), 1.1.1 (b), 1.1.1 (c), 1.1.1 (d), 1.1.1 (e), 1.1.1 (f), 1.1.1 (g), 1.1.1 (h), 1.1.1 (i), 1.1.1 (j)</t>
   </si>
   <si>
     <t>Publication</t>
   </si>
   <si>
     <t>31 December 2021</t>
   </si>
   <si>
-    <t>30 April 2024</t>
+    <t>31 December 2026</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>AfDB</t>
   </si>
   <si>
     <t>-	Legal framework for the publication of information on import/export procedures
 -	Training for technicians on online publication procedures
 -	Provision of ultra-fast broadband for all ministries and control agencies, and the Permanent Secretariat of the National Committee on Trade Facilitation (CNFE)
 -	Supply of networking material for ministries and control and inspection agencies</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Infrastructure and equipment, Human resources and training</t>
   </si>
   <si>
     <t>1.2.1 (a), 1.2.1 (b), 1.2.1 (c), 1.2.2, 1.2.3</t>
   </si>
   <si>
     <t>Information available through internet</t>
   </si>
   <si>
     <t>-	Legal framework for the creation and operation of the portal and the establishment of a database
 -	Establishment of a comprehensive tariff database and a trade information portal
@@ -129,79 +129,76 @@
 -	Maintenance of the new ICT material obtained</t>
   </si>
   <si>
     <t>1.4 (a), 1.4 (b), 1.4 (c)</t>
   </si>
   <si>
     <t>Notification</t>
   </si>
   <si>
     <t>-	Capacity building for the Permanent Secretariat of the CNFE with regard to notifications
 -	Provision of new ICT material for the Permanent Secretariat of the CNFE that will make it possible to collect, centralize and send notifications and raise awareness in the departments concerned</t>
   </si>
   <si>
     <t>Infrastructure and equipment, Human resources and training</t>
   </si>
   <si>
     <t>2.1.1, 2.1.2, 2.1.3</t>
   </si>
   <si>
     <t>Comments and information before entry into force</t>
   </si>
   <si>
     <t>31 December 2023</t>
   </si>
   <si>
-    <t>31 December 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>-	Implementation of an effective prior consultation service provided online and by telephone to address comments on draft legislation or regulations on exports and imports before their entry into force
 -	Legal framework for the implementation of the service
 -	Awareness-raising for operators on the use of the service
 -	Establishment of a qualified and equipped call centre team to collect, process, and respond to comments for requests</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Human resources and training</t>
   </si>
   <si>
     <t>Consultations</t>
   </si>
   <si>
     <t>-	Support for the creation of a regulatory framework to implement a consultation mechanism
 -	Logistical and technical support for CNFE consultations</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Human resources and training</t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Advance rulings</t>
   </si>
   <si>
-    <t>31 December 2022</t>
+    <t>31 December 2025</t>
   </si>
   <si>
     <t>GATF</t>
   </si>
   <si>
     <t>-	Benchmarking for the assessment of best practices with respect to advance rulings
 -	Alignment of national regulations with international standards and best practices
 -	Revision of the legal framework
 -	Implementation of effective infrastructure for the application in Madagascar of the advance ruling on origin and tariff classification
 -	Implementation of a regulatory framework on advance rulings
 -	Training and awareness-raising for the operators and authorities concerned on the application of advance rulings</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Infrastructure and equipment, Human resources and training</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notifications for enhanced controls or inspections</t>
   </si>
   <si>
     <t>31 December 2035</t>
   </si>
   <si>
@@ -225,53 +222,50 @@
 -	Specialized software services for the new laboratory
 -	Establishment of a computerized system for enhanced export controls
 -	Establishment of a rapid alert system for imports
 -	Support for the accreditation of test laboratories
 -	Food technology laboratory at the Ministry of Agro-Industry and Food Security
 -	Modernization of animal health laboratories, including infrastructure and equipment, at the Ministry of Agro-Industry
 -	Provision of rapid food-testing equipment and usable elements for on-the-spot decision-making concerning the release of food consignments at the Ministry of Health and Quality of Life
 -	Strengthening of pest and disease diagnosis facilities at the Ministry of Agro-Industry and Food Security
 -	Provision of certified mobile laboratories
 -	Capacity building for the national chemical and biological residues laboratory through the purchase of equipment, material and reagents, the enhanced implementation of diagnostic methods, increased staff training and strengthened laboratory infrastructure
 -	Specialized software services for disease surveillance at the Ministry of Agro-Industry and Food Security
 -	Training and capacity building for officials at the Madagascar Bureau of Standards (BNM) with regard to test procedures and for technicians/laboratory researchers
 -	Benchmarking for the assessment of best practices
 -	Awareness-raising for all stakeholders on procedures and regulations relating to test procedures</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Infrastructure and equipment, Human resources and training, Awareness-raising</t>
   </si>
   <si>
     <t>6.1.1, 6.1.2, 6.1.3, 6.1.4</t>
   </si>
   <si>
     <t>General disciplines on fees and charges</t>
   </si>
   <si>
-    <t>31 December 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Recruitment of a consultancy firm for the:
 -	Identification and analysis of gaps in the legal frameworks and existing procedures concerning fees and charges.
 -	Updating and harmonizing of the legal framework and procedures in line with the findings of the above mentioned analysis.
 -	Development of an institutional framework for consultations and coordination between all stakeholders with regard to Article 6.1.
 -	Identification of stakeholders' infrastructure and training needs related to Article 6.1.
 -	Benchmarking for the assessment of best practices on stakeholder coordination within the institutional framework with regard to the transparency of fees and charges imposed on importation and exportation.
 -	Awareness-raising and communication of the regulations and procedures related to Article 6.1.
 -	Establishment and training of a technical team of qualified resource persons to manage the enquiry points for the entity concerned.
 -	Provision of IT equipment, office space and furniture for the dedicated team.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Infrastructure and equipment, Diagnostic and Needs Assessment, Institutional procedures, Awareness-raising</t>
   </si>
   <si>
     <t>6.2 (i), 6.2 (ii)</t>
   </si>
   <si>
     <t>Specific disciplines on fees and charges</t>
   </si>
   <si>
     <t>Recruitment of a consultancy firm for the:
 -	Identification and analysis of gaps in the legal frameworks and existing procedures concerning customs-related fees and charges.
 -	Design and harmonization of the customs-related legal framework and procedures with a view to establishing a national policy.
 -	Identification of the infrastructure and training needs of each border area concerned by the implementation of Article 6.2.
 -	Benchmarking of best practices regarding fees and charges for customs processing in cooperation with other entities involved.
@@ -462,82 +456,82 @@
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Single window</t>
   </si>
   <si>
     <t>-	Benchmarking for countries with an operational and effective national electronic single window
 -	Institutional anchoring of the National Electronic Single Window
 -	Technical and financial support for the establishment and operationalization of the National Electronic Single Window
 -	Capacity building for the administrators of the National Electronic Single Window
 -	Awareness-raising for operators on the use of the National Electronic Single Window
 -	Maintenance and monitoring of the National Electronic Single Window
 -	Support for the activities of the CNFE working group on the National Electronic Single Window</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Institutional procedures, Awareness-raising</t>
   </si>
   <si>
     <t>10.6.1, 10.6.2, 10.6.3</t>
   </si>
   <si>
     <t>Use of customs brokers</t>
   </si>
   <si>
-    <t>31 December 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>-	Alignment of national regulations with international standards and best practices
 -	Review of the legal framework</t>
   </si>
   <si>
     <t>Legislative and regulatory framework</t>
   </si>
   <si>
     <t>10.7.1, 10.7.2 (a), 10.7.2 (b), 10.7.2 (c), 10.7.2 (d), 10.7.2 (e)</t>
   </si>
   <si>
     <t>Common border procedures</t>
   </si>
   <si>
     <t>-	Benchmarking for countries with best practices on coordinated border management
 -	Review of the legal framework regarding procedures and documentation requirements at the border and the harmonization of border authority regulations
 -	Training for border officials on standards to be applied with regard to coordinated border management
 -	Awareness-raising for stakeholders on border regulations and procedures</t>
   </si>
   <si>
     <t>11.1 (a), 11.1 (b), 11.2, 11.3, 11.4, 11.5, 11.6 (a), 11.6 (b), 11.7, 11.8, 11.9, 11.10, 11.11, 11.12, 11.13, 11.14, 11.15, 11.16 (a), 11.16 (b), 11.16 (c), 11.17</t>
   </si>
   <si>
     <t>Transit</t>
   </si>
   <si>
-    <t>Capacity building of custom officers on transit management and monitoring.</t>
-[...2 lines deleted...]
-    <t>Human resources and training</t>
+    <t>31 October 2025</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>To be determined</t>
   </si>
   <si>
     <t>12.1.1, 12.1.2, 12.2.1, 12.2.2, 12.3, 12.4.1 (a), 12.4.1 (b), 12.4.1 (c), 12.4.1 (d), 12.4.1 (e), 12.4.1 (f), 12.4.2, 12.5.1 (a), 12.5.1 (b), 12.5.1 (c), 12.5.1 (d), 12.5.1 (e), 12.5.1 (f), 12.5.2, 12.5.3, 12.6.1 (a), 12.6.1 (b), 12.6.1 (c), 12.6.1 (d), 12.6.1 (e), 12.6.2, 12.7.1 (a), 12.7.1 (b), 12.7.1 (c), 12.7.1 (d), 12.7.1 (e), 12.7.2, 12.8, 12.9.1, 12.9.2, 12.10 (a), 12.10 (b), 12.10 (c), 12.10 (d), 12.10 (e), 12.10 (f), 12.10 (g), 12.10 (h), 12.11.1 (a), 12.11.1 (b), 12.11.1 (c), 12.11.2, 12.12.1, 12.12.2</t>
   </si>
   <si>
     <t>Customs cooperation</t>
   </si>
   <si>
     <t>- Technical assistance for the implementation of the National Customs Enforcement Network (nCEN) and the necessary infrastructure</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Infrastructure and equipment</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1029,768 +1023,768 @@
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>2.1</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>
       <c r="C6" t="s">
         <v>30</v>
       </c>
       <c r="D6" t="s">
         <v>31</v>
       </c>
       <c r="E6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="I6" t="s">
         <v>32</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="I6" t="s">
+      <c r="J6" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>2.2</v>
       </c>
       <c r="B7">
         <v>2.2</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>13</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="I7" t="s">
+        <v>35</v>
+      </c>
+      <c r="J7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>3</v>
       </c>
       <c r="B8" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D8" t="s">
         <v>31</v>
       </c>
       <c r="E8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
         <v>40</v>
       </c>
-      <c r="F8" t="s">
-[...5 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>41</v>
       </c>
-      <c r="I8" t="s">
+      <c r="J8" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>5.1</v>
       </c>
       <c r="B9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D9" t="s">
         <v>31</v>
       </c>
       <c r="E9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="I9" t="s">
         <v>46</v>
       </c>
-      <c r="F9" t="s">
-[...5 lines deleted...]
-      <c r="I9" t="s">
+      <c r="J9" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>5.3</v>
       </c>
       <c r="B10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C10" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D10" t="s">
         <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="I10" t="s">
+        <v>50</v>
+      </c>
+      <c r="J10" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>6.1</v>
       </c>
       <c r="B11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C11" t="s">
         <v>53</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>39</v>
+      </c>
+      <c r="E11" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>14</v>
+      </c>
+      <c r="I11" t="s">
         <v>54</v>
       </c>
-      <c r="D11" t="s">
+      <c r="J11" t="s">
         <v>55</v>
-      </c>
-[...13 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>6.2</v>
       </c>
       <c r="B12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C12" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" t="s">
+        <v>39</v>
+      </c>
+      <c r="E12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="I12" t="s">
         <v>58</v>
       </c>
-      <c r="C12" t="s">
+      <c r="J12" t="s">
         <v>59</v>
-      </c>
-[...16 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>6.3</v>
       </c>
       <c r="B13" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C13" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="I13" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="J13" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>7.1</v>
       </c>
       <c r="B14" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C14" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="I14" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="J14" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>7.2</v>
       </c>
       <c r="B15">
         <v>7.2</v>
       </c>
       <c r="C15" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="D15" t="s">
         <v>31</v>
       </c>
       <c r="E15" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="I15" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="J15" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>7.3</v>
       </c>
       <c r="B16" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C16" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
         <v>31</v>
       </c>
       <c r="E16" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="I16" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="J16" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>7.4</v>
       </c>
       <c r="B17" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>15</v>
       </c>
       <c r="I17" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="J17" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>7.5</v>
       </c>
       <c r="B18" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C18" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D18" t="s">
         <v>31</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="I18" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="J18" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>7.7</v>
       </c>
       <c r="B19" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C19" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D19" t="s">
         <v>31</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="I19" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="J19" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>7.8</v>
       </c>
       <c r="B20" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C20" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="I20" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="J20" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>7.9</v>
       </c>
       <c r="B21" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D21" t="s">
         <v>31</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="I21" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="J21" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C22" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D22" t="s">
         <v>31</v>
       </c>
       <c r="E22" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
+        <v>94</v>
+      </c>
+      <c r="I22" t="s">
+        <v>95</v>
+      </c>
+      <c r="J22" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23">
         <v>10.1</v>
       </c>
       <c r="B23" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C23" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D23" t="s">
         <v>31</v>
       </c>
       <c r="E23" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="I23" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="J23" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24">
         <v>10.2</v>
       </c>
       <c r="B24" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C24" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="I24" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="J24" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25">
         <v>10.3</v>
       </c>
       <c r="B25" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C25" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="I25" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="J25" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26">
         <v>10.4</v>
       </c>
       <c r="B26" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C26" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D26" t="s">
         <v>31</v>
       </c>
       <c r="E26" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="I26" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="J26" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27">
         <v>10.6</v>
       </c>
       <c r="B27" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C27" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D27" t="s">
         <v>31</v>
       </c>
       <c r="E27" t="s">
-        <v>114</v>
+        <v>45</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="I27" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="J27" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28">
         <v>10.7</v>
       </c>
       <c r="B28" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C28" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D28" t="s">
         <v>31</v>
       </c>
       <c r="E28" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="I28" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="J28" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29">
         <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C29" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>32</v>
+        <v>119</v>
       </c>
       <c r="F29" t="s">
-        <v>14</v>
+        <v>120</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="I29" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J29" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30">
         <v>12</v>
       </c>
       <c r="B30" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C30" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="I30" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="J30" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">