--- v0 (2025-10-21)
+++ v1 (2025-12-29)
@@ -242,51 +242,51 @@
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Institutional procedures</t>
   </si>
   <si>
     <t>10.3.1, 10.3.2</t>
   </si>
   <si>
     <t>Use of international standards</t>
   </si>
   <si>
     <t>31 January 2025</t>
   </si>
   <si>
     <t>-Assistance to revise the implementation of standards e.g. GASI on SPS.
 - Support for capacity building in application of international standards.</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Single window</t>
   </si>
   <si>
     <t>1 July 2022</t>
   </si>
   <si>
-    <t>31 December 2025</t>
+    <t>30 June 2027</t>
   </si>
   <si>
     <t>- Assistance to undertake a business process analysis.
 - Streamline each agency regulations/procedures.
 - Support for the feasibility study and Single Window blue print.
 - Support for implementation of the Single Window, including in developing each agency's system.
 - Support in connecting remoted border crossing points through fibre.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Infrastructure and equipment, Diagnostic and Needs Assessment, Institutional procedures</t>
   </si>
   <si>
     <t>10.6.1, 10.6.2, 10.6.3</t>
   </si>
   <si>
     <t>Use of customs brokers</t>
   </si>
   <si>
     <t>31 December 2020</t>
   </si>
   <si>
     <t>- Support for capacity building of Customs Brokers in fulfilling their mandate.</t>
   </si>
   <si>
     <t>Human resources and training</t>