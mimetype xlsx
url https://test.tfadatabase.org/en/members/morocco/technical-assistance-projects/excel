--- v0 (2025-10-18)
+++ v1 (2026-02-02)
@@ -53,51 +53,51 @@
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notifications for enhanced controls or inspections</t>
   </si>
   <si>
     <t>22 February 2022</t>
   </si>
   <si>
-    <t>31 December 2025</t>
+    <t>31 July 2025</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>•	Establishment of a computerized system involving enhanced controls for exports.
 •	Establishment of a rapid alert system for imports.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT)</t>
   </si>
   <si>
     <t>7.1.1, 7.1.2</t>
   </si>
   <si>
     <t>Pre-arrival processing</t>
   </si>
   <si>
     <t>•	Regulatory review of electronic certification in conformity with domestic regulations concerning the electronic exchange of data.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework</t>