--- v0 (2025-10-19)
+++ v1 (2025-12-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Measure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Indicative Implementation Date</t>
   </si>
   <si>
     <t>Definitive Implementation Date</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
@@ -312,50 +312,53 @@
   <si>
     <t>Information and communication technologies (ICT), Human resources and training, Awareness-raising</t>
   </si>
   <si>
     <t>10.6.1, 10.6.2, 10.6.3</t>
   </si>
   <si>
     <t>Use of customs brokers</t>
   </si>
   <si>
     <t>•	Review licensing requirements to ensure that they are objective and transparent;
 •	Training on publication requirements;
 •	Technical assistance in design and development of a system integrated profiling mechanism for brokers;
 •	Assistance for awareness creation and training for the roll-out of new system;
 •	Technical assistance (funding) to train brokers on customs procedures. Develop policy/procedures/monitoring to ensure that procedures are applied uniformly throughout the country;
 •	Technical assistance and support to streamline and optimize border processes and procedures with all institutions in order to ensure improved controls, eliminate unnecessary formalities and harmonize requirements for safeguarding international good practices.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Institutional procedures, Human resources and training, Awareness-raising</t>
   </si>
   <si>
     <t>11.1 (a), 11.1 (b)</t>
   </si>
   <si>
     <t>Transit</t>
+  </si>
+  <si>
+    <t>31 August 2025</t>
   </si>
   <si>
     <t>•	Technical assistance on policy formulation, design, establishment and funding of transit infrastructure. Review, and amend if necessary, laws, regulations, procedures, and documentation requirements;
 •	Review transit fees to ensure they reflect the cost of services rendered;
 •	Assistance to assess the impact of measures applied to transit traffic (charges, regulations, formalities);
 •	Technical and financial assistance for capacity for officers on transit procedures and guarantee systems, including at regional level;
 •	Technical assistance in developing technical of regulations and procedures;
 •	Financial assistance on providing public awareness campaigns and roll out to customs and stakeholders;
 •	and ensure that the objectives are legitimate and that the least trade-restrictive options are applied;
 •	Review, improve, amend procedures for management of guarantees;
 •	Review/update automated systems to ensure tools for control of transit operations and management of transit guarantees;
 •	Training of all stakeholders;
 •	Training/capacity building of transit coordinator.</t>
   </si>
   <si>
     <t>11.6 (a), 11.6 (b)</t>
   </si>
   <si>
     <t>31 January 2022</t>
   </si>
   <si>
     <t>11.16 (a), 11.16 (b), 11.16 (c)</t>
   </si>
   <si>
     <t>31 December 2019</t>
@@ -1115,524 +1118,524 @@
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="I14" t="s">
         <v>68</v>
       </c>
       <c r="J14" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>11</v>
       </c>
       <c r="B15" t="s">
         <v>70</v>
       </c>
       <c r="C15" t="s">
         <v>71</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="I15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J15" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>11</v>
       </c>
       <c r="B16">
         <v>11.2</v>
       </c>
       <c r="C16" t="s">
         <v>71</v>
       </c>
       <c r="D16" t="s">
         <v>35</v>
       </c>
       <c r="E16" t="s">
         <v>35</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="I16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J16" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>11</v>
       </c>
       <c r="B17">
         <v>11.3</v>
       </c>
       <c r="C17" t="s">
         <v>71</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="I17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J17" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>11</v>
       </c>
       <c r="B18">
         <v>11.4</v>
       </c>
       <c r="C18" t="s">
         <v>71</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="I18" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>11</v>
       </c>
       <c r="B19">
         <v>11.5</v>
       </c>
       <c r="C19" t="s">
         <v>71</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="I19" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J19" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C20" t="s">
         <v>71</v>
       </c>
       <c r="D20" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E20" t="s">
         <v>35</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="I20" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J20" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>11</v>
       </c>
       <c r="B21">
         <v>11.7</v>
       </c>
       <c r="C21" t="s">
         <v>71</v>
       </c>
       <c r="D21" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E21" t="s">
         <v>35</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="I21" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J21" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
         <v>11</v>
       </c>
       <c r="B22">
         <v>11.8</v>
       </c>
       <c r="C22" t="s">
         <v>71</v>
       </c>
       <c r="D22" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E22" t="s">
         <v>35</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="I22" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J22" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23">
         <v>11</v>
       </c>
       <c r="B23">
         <v>11.9</v>
       </c>
       <c r="C23" t="s">
         <v>71</v>
       </c>
       <c r="D23" t="s">
         <v>35</v>
       </c>
       <c r="E23" t="s">
         <v>35</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="I23" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J23" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24">
         <v>11</v>
       </c>
       <c r="B24">
         <v>11.1</v>
       </c>
       <c r="C24" t="s">
         <v>71</v>
       </c>
       <c r="D24" t="s">
         <v>35</v>
       </c>
       <c r="E24" t="s">
         <v>35</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="I24" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J24" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25">
         <v>11</v>
       </c>
       <c r="B25">
         <v>11.11</v>
       </c>
       <c r="C25" t="s">
         <v>71</v>
       </c>
       <c r="D25" t="s">
         <v>45</v>
       </c>
       <c r="E25" t="s">
         <v>46</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>15</v>
       </c>
       <c r="I25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J25" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26">
         <v>11</v>
       </c>
       <c r="B26">
         <v>11.12</v>
       </c>
       <c r="C26" t="s">
         <v>71</v>
       </c>
       <c r="D26" t="s">
         <v>35</v>
       </c>
       <c r="E26" t="s">
         <v>35</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="I26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J26" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27">
         <v>11</v>
       </c>
       <c r="B27">
         <v>11.13</v>
       </c>
       <c r="C27" t="s">
         <v>71</v>
       </c>
       <c r="D27" t="s">
         <v>45</v>
       </c>
       <c r="E27" t="s">
         <v>46</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="I27" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J27" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28">
         <v>11</v>
       </c>
       <c r="B28">
         <v>11.14</v>
       </c>
       <c r="C28" t="s">
         <v>71</v>
       </c>
       <c r="D28" t="s">
         <v>35</v>
       </c>
       <c r="E28" t="s">
         <v>35</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="I28" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J28" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29">
         <v>11</v>
       </c>
       <c r="B29">
         <v>11.15</v>
       </c>
       <c r="C29" t="s">
         <v>71</v>
       </c>
       <c r="D29" t="s">
         <v>45</v>
       </c>
       <c r="E29" t="s">
         <v>46</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="I29" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J29" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30">
         <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C30" t="s">
         <v>71</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="I30" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J30" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31">
         <v>11</v>
       </c>
       <c r="B31">
         <v>11.17</v>
       </c>
       <c r="C31" t="s">
         <v>71</v>
       </c>
       <c r="D31" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E31" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F31" t="s">
         <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="I31" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J31" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>