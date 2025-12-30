--- v0 (2025-11-09)
+++ v1 (2025-12-30)
@@ -236,51 +236,51 @@
   <si>
     <t>22 December 2020</t>
   </si>
   <si>
     <t>5.1 (b)</t>
   </si>
   <si>
     <t>5.1 (c)</t>
   </si>
   <si>
     <t>5.1 (d)</t>
   </si>
   <si>
     <t>Detention</t>
   </si>
   <si>
     <t>Test procedures</t>
   </si>
   <si>
     <t>5.3.1</t>
   </si>
   <si>
     <t>22 February 2022</t>
   </si>
   <si>
-    <t>22 December 2025</t>
+    <t>22 June 2027</t>
   </si>
   <si>
     <t>5.3.2</t>
   </si>
   <si>
     <t>5.3.3</t>
   </si>
   <si>
     <t>General disciplines on fees and charges</t>
   </si>
   <si>
     <t>6.1.1</t>
   </si>
   <si>
     <t>6.1.2</t>
   </si>
   <si>
     <t>6.1.3</t>
   </si>
   <si>
     <t>6.1.4</t>
   </si>
   <si>
     <t>Specific disciplines on fees and charges</t>
   </si>