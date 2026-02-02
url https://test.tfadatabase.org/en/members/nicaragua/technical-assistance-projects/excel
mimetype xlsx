--- v0 (2025-10-19)
+++ v1 (2026-02-02)
@@ -94,51 +94,51 @@
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notifications for enhanced controls or inspections</t>
   </si>
   <si>
     <t>22 December 2020</t>
   </si>
   <si>
     <t>•	Advice on completing notification procedures.
 •	A section is needed on the IPSA website where the country's sanitary and phytosanitary status can be published, together with IPPC, OIE and WTO information.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Diagnostic and Needs Assessment</t>
   </si>
   <si>
     <t>5.3.1, 5.3.2, 5.3.3</t>
   </si>
   <si>
     <t>Test procedures</t>
   </si>
   <si>
     <t>22 February 2022</t>
   </si>
   <si>
-    <t>22 December 2025</t>
+    <t>22 June 2027</t>
   </si>
   <si>
     <t>Capacity building to improve phytosanitary diagnostic laboratories in the departments of Managua, Estelí, León, and Rivas, and the national chemical and biological residues laboratory, through the acquisition of equipment, materials and reagents, the enhanced implementation of diagnostic methods, staff training, and the strengthening of regional laboratory infrastructure, with a view to better serving exporters and importers of products and by-products of plant origin.
 Details of financial assistance:
 Reagents, consumables and equipment for central and regional laboratories: US$700,000.
 Strengthening of the diagnostic and technical capacity of personnel (diploma-based training, workshops, specialized courses, post-graduate courses, internships, etc.): US$100,000.
 Remodelling and refitting of three regional phytosanitary diagnostic laboratories in the departments of Estelí, León and Rivas: US$300,000.
 TOTAL: US$ 1,100,000</t>
   </si>
   <si>
     <t>Infrastructure and equipment, Human resources and training</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Single window</t>
   </si>
   <si>
     <t>22 June 2022</t>
   </si>
   <si>
     <t>IDB</t>
   </si>
   <si>