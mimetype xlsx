--- v0 (2025-10-18)
+++ v1 (2025-12-30)
@@ -230,51 +230,51 @@
   <si>
     <t>7.8.1 (a), 7.8.1 (b), 7.8.1 (c), 7.8.1 (d), 7.8.1 (e), 7.8.1 (f), 7.8.1 (g), 7.8.1 (h), 7.8.2 (a), 7.8.2 (b), 7.8.2 (c), 7.8.2 (d), 7.8.3</t>
   </si>
   <si>
     <t>Expedited shipments</t>
   </si>
   <si>
     <t>1 September 2022</t>
   </si>
   <si>
     <t>1.	Develop, with independent consultancy assistance, a simplified facilitation procedure for expedited export shipments.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Diagnostic and Needs Assessment, Institutional procedures</t>
   </si>
   <si>
     <t>8.1, 8.2 (a), 8.2 (b), 8.2 (c), 8.2 (d), 8.2 (e)</t>
   </si>
   <si>
     <t>Border Agency Cooperation</t>
   </si>
   <si>
     <t>1 March 2021</t>
   </si>
   <si>
-    <t>1 March 2026</t>
+    <t>1 September 2027</t>
   </si>
   <si>
     <t>1.	Conduct an assessment of the number of private ports in existence, as well as of their operating conditions and certification, to enable the Naval Prefecture to carry out its task of monitoring the operating conditions of private ports.
 2.	Effective and transparent implementation of risk management.
 3.	Technical cooperation to review the regulatory framework governing public and private ports and establishing responsibilities in regard to river navigability (Law 1066/65).
 4.	Expediting of red-channel inspections at public and private access points.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Diagnostic and Needs Assessment, Institutional procedures</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>