--- v0 (2025-11-09)
+++ v1 (2026-02-02)
@@ -53,51 +53,51 @@
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notifications for enhanced controls or inspections</t>
   </si>
   <si>
     <t>22 February 2023</t>
   </si>
   <si>
-    <t>22 February 2026</t>
+    <t>30 June 2027</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>WB, SECO, HELVETAS, IICA</t>
   </si>
   <si>
     <t>Establishment of a national sanitary early warning system</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT)</t>
   </si>
   <si>
     <t>5.3.1, 5.3.2, 5.3.3</t>
   </si>
   <si>
     <t>Test procedures</t>
   </si>
   <si>
     <t>WB, SECO, HELVETAS</t>
   </si>
   <si>
     <t>Identification of procedures in which a second test can be effected</t>
   </si>