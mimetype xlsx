--- v0 (2025-10-22)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Measure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Indicative Implementation Date</t>
   </si>
   <si>
     <t>Definitive Implementation Date</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
@@ -99,70 +99,73 @@
     <t>28 May 2021</t>
   </si>
   <si>
     <t>30 June 2024</t>
   </si>
   <si>
     <t>WB</t>
   </si>
   <si>
     <t>•	Legal drafter for the establishment of a legal or administrative document that addresses this measure.
 •	Technical assistance to develop and administer the system.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Human resources and training</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notifications for enhanced controls or inspections</t>
   </si>
   <si>
     <t>28 May 2025</t>
   </si>
   <si>
-    <t>31 December 2025</t>
+    <t>30 June 2027</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Legal and regulatory assistance:
 •	St. Lucia Animal (National &amp; International Movement &amp; Disease Prevention) Act
 •	Plant Protection Act
 Business process analysis:
 •	Set up clear areas of responsibility and mechanisms for carrying out related duties and tasks, including confirmatory tests validity across the whole country and process of notification of the component in the exporting country.
 •	Develop and validate a manual on standard operating procedures on import alert/rapid alert, including a proposal for border agency coordination. Disseminate the manual, if possible through a website, the concerned institutions with a view to clarify their respective interventions.
 Training and capacity building:
 •	Provide training and capacity building for confirmatory testing for products that are the potential subjects of alerts and rapid alerts. Organize seminars for agents on the organization of inspection procedures, for technical staff in the areas of laboratory and laboratory management, rules, practices and equipment use according to international standards. Organize also focused seminars for economic operators.</t>
   </si>
   <si>
     <t>6.1.1, 6.1.2, 6.1.3, 6.1.4</t>
   </si>
   <si>
     <t>General disciplines on fees and charges</t>
+  </si>
+  <si>
+    <t>31 December 2025</t>
   </si>
   <si>
     <t>31 December 2030</t>
   </si>
   <si>
     <t>•	Review of the Service Charge Act</t>
   </si>
   <si>
     <t>Legislative and regulatory framework</t>
   </si>
   <si>
     <t>6.2 (i), 6.2 (ii)</t>
   </si>
   <si>
     <t>Specific disciplines on fees and charges</t>
   </si>
   <si>
     <t>7.4.1, 7.4.2, 7.4.3, 7.4.4</t>
   </si>
   <si>
     <t>Risk management</t>
   </si>
   <si>
     <t>30 April 2020</t>
   </si>
@@ -721,275 +724,275 @@
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
       <c r="J4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>6.1</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="I5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>6.2</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D6" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>28</v>
       </c>
       <c r="I6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>7.4</v>
       </c>
       <c r="B7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>28</v>
       </c>
       <c r="I7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>7.6</v>
       </c>
       <c r="B8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C8" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>7.7</v>
       </c>
       <c r="B9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>28</v>
       </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>7.9</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>28</v>
       </c>
       <c r="I10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>10.2</v>
       </c>
       <c r="B11" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D11" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>28</v>
       </c>
       <c r="I11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>10.4</v>
       </c>
       <c r="B12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D12" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">