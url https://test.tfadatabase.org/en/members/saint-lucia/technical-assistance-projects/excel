--- v1 (2025-12-14)
+++ v2 (2026-02-02)
@@ -80,73 +80,73 @@
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>•	Training of personnel for service delivery.
 •	Setting up guidelines to cover the entire procedure (from receipt of request to the dispatching of the responses to the requesting party).
 •	Development and use of communication templates.
 •	Establishing standards and procedures of quality control, including fixed timelines for answers.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Human resources and training</t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Advance rulings</t>
   </si>
   <si>
     <t>28 May 2021</t>
   </si>
   <si>
     <t>30 June 2024</t>
   </si>
   <si>
-    <t>WB</t>
+    <t>WB, WB</t>
   </si>
   <si>
     <t>•	Legal drafter for the establishment of a legal or administrative document that addresses this measure.
 •	Technical assistance to develop and administer the system.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Human resources and training</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notifications for enhanced controls or inspections</t>
   </si>
   <si>
     <t>28 May 2025</t>
   </si>
   <si>
     <t>30 June 2027</t>
   </si>
   <si>
-    <t>No</t>
+    <t>WB</t>
   </si>
   <si>
     <t>Legal and regulatory assistance:
 •	St. Lucia Animal (National &amp; International Movement &amp; Disease Prevention) Act
 •	Plant Protection Act
 Business process analysis:
 •	Set up clear areas of responsibility and mechanisms for carrying out related duties and tasks, including confirmatory tests validity across the whole country and process of notification of the component in the exporting country.
 •	Develop and validate a manual on standard operating procedures on import alert/rapid alert, including a proposal for border agency coordination. Disseminate the manual, if possible through a website, the concerned institutions with a view to clarify their respective interventions.
 Training and capacity building:
 •	Provide training and capacity building for confirmatory testing for products that are the potential subjects of alerts and rapid alerts. Organize seminars for agents on the organization of inspection procedures, for technical staff in the areas of laboratory and laboratory management, rules, practices and equipment use according to international standards. Organize also focused seminars for economic operators.</t>
   </si>
   <si>
     <t>6.1.1, 6.1.2, 6.1.3, 6.1.4</t>
   </si>
   <si>
     <t>General disciplines on fees and charges</t>
   </si>
   <si>
     <t>31 December 2025</t>
   </si>
   <si>
     <t>31 December 2030</t>
   </si>
   <si>
     <t>•	Review of the Service Charge Act</t>
@@ -166,51 +166,51 @@
   <si>
     <t>Risk management</t>
   </si>
   <si>
     <t>30 April 2020</t>
   </si>
   <si>
     <t>•	Training is required in both risk assessment and risk management to allow for better risk identification, analysis, assessment and treatment.</t>
   </si>
   <si>
     <t>Diagnostic and Needs Assessment, Human resources and training</t>
   </si>
   <si>
     <t>7.6.1, 7.6.2</t>
   </si>
   <si>
     <t>Average release times</t>
   </si>
   <si>
     <t>28 July 2028</t>
   </si>
   <si>
     <t>31 December 2023</t>
   </si>
   <si>
-    <t>ICRF</t>
+    <t>ICRF, ICRF</t>
   </si>
   <si>
     <t>•	Development of a legal or administrative document that deals with Average Release Times.
 •	Review and update the legal/regulatory framework to allow for seamless flow of information and coordination among institutions intervening in border-crossing operations.
 Training and capacity building:
 •	Provide training and capacity building to staff/agencies of the concerned agencies and to economic operators on the interpretation of the study results.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Diagnostic and Needs Assessment, Institutional procedures, Human resources and training</t>
   </si>
   <si>
     <t>7.7.1, 7.7.2 (a) (i), 7.7.2 (a) (ii), 7.7.2 (a) (iii), 7.7.2 (a) (iv), 7.7.2 (b) (i), 7.7.2 (b) (ii), 7.7.3 (a), 7.7.3 (b), 7.7.3 (c), 7.7.3 (d), 7.7.3 (e), 7.7.3 (f), 7.7.3 (g), 7.7.4, 7.7.5, 7.7.6</t>
   </si>
   <si>
     <t>Authorized operators</t>
   </si>
   <si>
     <t>31 December 2020</t>
   </si>
   <si>
     <t>29 December 2026</t>
   </si>
   <si>
     <t>The legislative and regulatory framework has to be further developed to take into account new processes and procedures, as well as the need for mutual recognition agreements. External assistance is also required to: (i) build the capacity of customs officials; and (ii) to develop awareness programmes aimed at enhancing the cooperation of potential operators in the sharing of confidential information critical to the process, and to ultimately improve the uptake of the programme.</t>
   </si>
@@ -229,51 +229,51 @@
   <si>
     <t>10.2.1, 10.2.2, 10.2.3</t>
   </si>
   <si>
     <t>Acceptance of copies</t>
   </si>
   <si>
     <t>•	Conduct a Diagnostic Assessment of the existence and usage of policies and legislations with regards to Acceptance of Copies across all border and regulatory agencies with a view to updating and developing the appropriate instrument in keeping with international standards.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Diagnostic and Needs Assessment</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Single window</t>
   </si>
   <si>
     <t>29 December 2023</t>
   </si>
   <si>
     <t>30 December 2026</t>
   </si>
   <si>
-    <t>CARICOM, Canada</t>
+    <t>CARICOM, Canada, WB, Trade Facilitation Agreement Facility, Canada-CARICOM EDI</t>
   </si>
   <si>
     <t>•	Training and capacity building as well as financial assistance to obtain the necessary IT support.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Human resources and training</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -704,137 +704,149 @@
       </c>
       <c r="J3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>5.1</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
       <c r="J4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>6.1</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>28</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
       <c r="J5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>6.2</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>28</v>
       </c>
       <c r="I6" t="s">
         <v>34</v>
       </c>
       <c r="J6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>7.4</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>39</v>
       </c>
       <c r="D7" t="s">
         <v>40</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
         <v>28</v>
       </c>
       <c r="I7" t="s">
         <v>41</v>
       </c>
       <c r="J7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>7.6</v>
       </c>
       <c r="B8" t="s">
         <v>43</v>
       </c>
       <c r="C8" t="s">
         <v>44</v>
       </c>
       <c r="D8" t="s">
         <v>45</v>
       </c>
       <c r="E8" t="s">
         <v>46</v>
       </c>
@@ -852,108 +864,117 @@
       </c>
       <c r="J8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>7.7</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
         <v>52</v>
       </c>
       <c r="E9" t="s">
         <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
         <v>28</v>
       </c>
       <c r="I9" t="s">
         <v>54</v>
       </c>
       <c r="J9" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>7.9</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
       <c r="C10" t="s">
         <v>57</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
         <v>28</v>
       </c>
       <c r="I10" t="s">
         <v>58</v>
       </c>
       <c r="J10" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>10.2</v>
       </c>
       <c r="B11" t="s">
         <v>59</v>
       </c>
       <c r="C11" t="s">
         <v>60</v>
       </c>
       <c r="D11" t="s">
         <v>40</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
         <v>28</v>
       </c>
       <c r="I11" t="s">
         <v>61</v>
       </c>
       <c r="J11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>10.4</v>
       </c>
       <c r="B12" t="s">
         <v>63</v>
       </c>
       <c r="C12" t="s">
         <v>64</v>
       </c>
       <c r="D12" t="s">
         <v>65</v>
       </c>
       <c r="E12" t="s">
         <v>66</v>
       </c>