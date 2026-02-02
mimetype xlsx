--- v0 (2025-11-09)
+++ v1 (2026-02-02)
@@ -915,138 +915,138 @@
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="I10" t="s">
         <v>50</v>
       </c>
       <c r="J10" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>7.2</v>
       </c>
       <c r="B11">
         <v>7.2</v>
       </c>
       <c r="C11" t="s">
         <v>51</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="I11" t="s">
         <v>52</v>
       </c>
       <c r="J11" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>7.4</v>
       </c>
       <c r="B12" t="s">
         <v>54</v>
       </c>
       <c r="C12" t="s">
         <v>55</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>15</v>
       </c>
       <c r="I12" t="s">
         <v>56</v>
       </c>
       <c r="J12" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>7.5</v>
       </c>
       <c r="B13" t="s">
         <v>57</v>
       </c>
       <c r="C13" t="s">
         <v>58</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>15</v>
       </c>
       <c r="I13" t="s">
         <v>59</v>
       </c>
       <c r="J13" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>7.6</v>
       </c>
       <c r="B14" t="s">
         <v>61</v>
       </c>
       <c r="C14" t="s">
         <v>62</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="I14" t="s">
         <v>63</v>
       </c>
       <c r="J14" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>7.7</v>
       </c>
       <c r="B15" t="s">
         <v>65</v>
       </c>
       <c r="C15" t="s">
         <v>66</v>
       </c>
       <c r="D15" t="s">