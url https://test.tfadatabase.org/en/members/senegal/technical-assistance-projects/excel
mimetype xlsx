--- v0 (2025-10-21)
+++ v1 (2026-02-02)
@@ -135,51 +135,51 @@
   <si>
     <t>Information and communication technologies (ICT), Infrastructure and equipment, Diagnostic and Needs Assessment, Human resources and training</t>
   </si>
   <si>
     <t>1.4 (a), 1.4 (b), 1.4 (c)</t>
   </si>
   <si>
     <t>Notification</t>
   </si>
   <si>
     <t>- Set up enquiry points</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT)</t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Advance rulings</t>
   </si>
   <si>
     <t>22 February 2023</t>
   </si>
   <si>
-    <t>31 December 2025</t>
+    <t>31 December 2027</t>
   </si>
   <si>
     <t>-Set up an advisory committee to study all requests giving rise to a reasoned opinion from the Director-General of Customs
 -Introduce an electronic system for the submission and publication of advance rulings (within the framework of e customs, where operators can apply for advance rulings)
 -Organize training on request management and processing 
 -Organize training for the private sector on the use of the electronic system
 -Launch an awareness-raising campaign to inform beneficiaries of the existence of this new service</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Diagnostic and Needs Assessment, Human resources and training, Awareness-raising</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notifications for enhanced controls or inspections</t>
   </si>
   <si>
     <t>22 February 2024</t>
   </si>
   <si>
     <t>31 December 2030</t>
   </si>
   <si>
     <t>	Introduce a system to manage health risks