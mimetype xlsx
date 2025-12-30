--- v0 (2025-11-09)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Measure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Indicative Implementation Date</t>
   </si>
   <si>
     <t>Definitive Implementation Date</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
@@ -171,50 +171,53 @@
     <t>1.	Technical Assistance and Capacity Building to develop the required techniques to enable officers to conduct time release study.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Human resources and training</t>
   </si>
   <si>
     <t>7.7.1, 7.7.2 (a) (i), 7.7.2 (a) (ii), 7.7.2 (a) (iii), 7.7.2 (a) (iv), 7.7.2 (b) (i), 7.7.2 (b) (ii), 7.7.3 (a), 7.7.3 (b), 7.7.3 (c), 7.7.3 (d), 7.7.3 (e), 7.7.3 (f), 7.7.3 (g), 7.7.4, 7.7.5, 7.7.6</t>
   </si>
   <si>
     <t>Authorized operators</t>
   </si>
   <si>
     <t>COMESA, IMF</t>
   </si>
   <si>
     <t>1.	Technical assistance to draft legislations to provide Customs with the appropriate mandate to afford qualifying traders with additional facilitation in connection with trade;
 2.	Develop a monitoring framework through which Customs can establish and monitor operators' compliance;
 3.	Support for design and implementation of an appropriate system for Authorised Economic Operator;
 4.	Training of Customs Officers and relevant stakeholders to facilitate the establishment and smooth implementation of Authorised Economic Operator.</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Single window</t>
+  </si>
+  <si>
+    <t>30 June 2027</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>1.	Drafting of legislation, policy framework, strategy and TOR;
 2.	Conduct Feasibility study for AW based Single Window;
 3.	Design, implementation and operation of single window;
 4.	Training of all stakeholders;
 5.	Funding to acquire the relevant equipment and software;
 6.	Implementation of the integrated IT infrastructure which will connect to the existing system/ or activate the ASYCUDA SINGLE WINDOW MODULE.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Infrastructure and equipment, Diagnostic and Needs Assessment, Human resources and training</t>
   </si>
   <si>
     <t>10.8.1, 10.8.2</t>
   </si>
   <si>
     <t>Rejected Goods</t>
   </si>
   <si>
     <t>1.	Sourcing funding for the procurement of equipment (such as incinerator) and consumables for testing purposes;
 2.	Support for accreditation formalities to help improve capacity and standard of laboratory to conduct test on goods prior to rejection;
 3.	Technical assistance and capacity building to facilitate staff development;
@@ -791,95 +794,95 @@
       </c>
       <c r="H7" t="s">
         <v>44</v>
       </c>
       <c r="I7" t="s">
         <v>45</v>
       </c>
       <c r="J7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>10.4</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
       <c r="C8" t="s">
         <v>47</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>10.8</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9" t="s">
         <v>21</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J9" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>