--- v0 (2025-10-18)
+++ v1 (2025-12-30)
@@ -12,130 +12,130 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Measure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Indicative Implementation Date</t>
   </si>
   <si>
     <t>Definitive Implementation Date</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>1.1.1 (a), 1.1.1 (b), 1.1.1 (c), 1.1.1 (d), 1.1.1 (e), 1.1.1 (f), 1.1.1 (g), 1.1.1 (h), 1.1.1 (i), 1.1.1 (j)</t>
   </si>
   <si>
     <t>Publication</t>
   </si>
   <si>
     <t>30 June 2018</t>
   </si>
   <si>
     <t>31 December 2024</t>
   </si>
   <si>
     <t>Yes</t>
-  </si>
-[...1 lines deleted...]
-    <t>No</t>
   </si>
   <si>
     <t>•	Expert support to develop an information management system.
 •	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework</t>
   </si>
   <si>
     <t>1.2.1 (a), 1.2.1 (b), 1.2.1 (c), 1.2.2, 1.2.3</t>
   </si>
   <si>
     <t>Information available through internet</t>
   </si>
   <si>
     <t>•	Legal expert support on drafting legal amendments to existing ordinances/acts/regulations.
 •	ICT Infrastructure for internal information management systems, maintaining and upgrading agency website.
 •	Infrastructure (software) for Trade Information Portal.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Infrastructure and equipment</t>
   </si>
   <si>
     <t>1.3.1, 1.3.2, 1.3.3, 1.3.4</t>
   </si>
   <si>
     <t>Enquiry points</t>
   </si>
   <si>
     <t>30 June 2023</t>
   </si>
   <si>
+    <t>WB</t>
+  </si>
+  <si>
     <t>•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	ICT infrastructure and technology for maintaining enquiry points.
 •	Staff capacity building on operating and maintaining enquiry points.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Human resources and training</t>
   </si>
   <si>
     <t>1.4 (a), 1.4 (b), 1.4 (c)</t>
   </si>
   <si>
     <t>Notification</t>
   </si>
   <si>
     <t>31 December 2025</t>
   </si>
   <si>
     <t>•	For Creation of an electronic single information management platform encompassing Official locations where in which the information has been published, Uniform resource locators of website of the TIP, enquiry points responsible for servicing enquires, enabling expeditious &amp; accurate flow of notifications.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT)</t>
   </si>
   <si>
     <t>2.1.1, 2.1.2, 2.1.3</t>
   </si>
@@ -151,50 +151,53 @@
   <si>
     <t>•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Staff capacity building on developing procedures; managing notification and public comment on proposed laws and regulations.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Institutional procedures, Human resources and training</t>
   </si>
   <si>
     <t>Consultations</t>
   </si>
   <si>
     <t>27 August 2024</t>
   </si>
   <si>
     <t>•	Expert support on developing public consultation strategy.
 •	Staff capacity building on developing consultation strategy/policy, procedures; carrying out consultations.</t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Advance rulings</t>
   </si>
   <si>
     <t>31 December 2018</t>
+  </si>
+  <si>
+    <t>ITC, ADB, Trade Facilitation Agreement Facility</t>
   </si>
   <si>
     <t>•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Equipment/technology for upgrading the laboratory.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Infrastructure and equipment</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notifications for enhanced controls or inspections</t>
   </si>
   <si>
     <t>•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Expert support on the design and establishment of a notification system for enhanced controls or inspections.
 •	Staff capacity building on implementing a notification system for enhanced controls or inspections.
 •	ICT Infrastructure for establishing an automated notification system.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Infrastructure and equipment, Human resources and training</t>
   </si>
   <si>
     <t>5.3.1, 5.3.2, 5.3.3</t>
@@ -248,66 +251,72 @@
   <si>
     <t>Legislative and regulatory framework</t>
   </si>
   <si>
     <t>7.4.1, 7.4.2, 7.4.3, 7.4.4</t>
   </si>
   <si>
     <t>Risk management</t>
   </si>
   <si>
     <t>•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Expert support on the design and establishment of a risk management system.
 •	ICT Infrastructure and technology for an automated risk management system.
 •	Staff capacity building on implementing the risk management system.</t>
   </si>
   <si>
     <t>7.5.1, 7.5.2, 7.5.3, 7.5.4</t>
   </si>
   <si>
     <t>Post-clearance audit</t>
   </si>
   <si>
     <t>21 August 2024</t>
   </si>
   <si>
+    <t>ADB</t>
+  </si>
+  <si>
     <t>7.6.1, 7.6.2</t>
   </si>
   <si>
     <t>Average release times</t>
   </si>
   <si>
     <t>15 December 2018</t>
   </si>
   <si>
     <t>•	Staff capacity building on designing, planning and implementing TRS.</t>
   </si>
   <si>
     <t>7.7.1, 7.7.2 (a) (i), 7.7.2 (a) (ii), 7.7.2 (a) (iii), 7.7.2 (a) (iv), 7.7.2 (b) (i), 7.7.2 (b) (ii), 7.7.3 (a), 7.7.3 (b), 7.7.3 (c), 7.7.3 (d), 7.7.3 (e), 7.7.3 (f), 7.7.3 (g), 7.7.4, 7.7.5, 7.7.6</t>
   </si>
   <si>
     <t>Authorized operators</t>
+  </si>
+  <si>
+    <t>USAID</t>
   </si>
   <si>
     <t>•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Staff capacity building on design, implementation and review of authorized trader scheme.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Human resources and training</t>
   </si>
   <si>
     <t>7.9.1 (a), 7.9.1 (b), 7.9.2, 7.9.3, 7.9.4</t>
   </si>
   <si>
     <t>Perishable goods</t>
   </si>
   <si>
     <t>•	Expert support on developing a coordination mechanism for relevant border agencies on prioritized examination of perishable goods.
 •	Advance testing facilities and technology.
 •	Staff capacity building on the use of advanced testing facilities and techniques.</t>
   </si>
   <si>
     <t>Infrastructure and equipment, Institutional procedures, Human resources and training</t>
   </si>
   <si>
     <t>8.1, 8.2 (a), 8.2 (b), 8.2 (c), 8.2 (d), 8.2 (e)</t>
   </si>
@@ -343,50 +352,53 @@
 •	Expert support on developing a system for periodic review of formalities and documentation requirements.
 •	ICT infrastructure &amp; technology (to be covered through NSW).
 •	Capacity building support to staff on the benefits of electronic documentation and processes.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Infrastructure and equipment, Human resources and training, Awareness-raising</t>
   </si>
   <si>
     <t>10.3.1, 10.3.2</t>
   </si>
   <si>
     <t>Use of international standards</t>
   </si>
   <si>
     <t>•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Capacity building support to staff on the relevant international standards, testing procedures and international best practices.</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Single window</t>
   </si>
   <si>
     <t>31 December 2022</t>
+  </si>
+  <si>
+    <t>WB, ADB, UNCTAD</t>
   </si>
   <si>
     <t>•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Expert support on developing a blueprint for the NSW.
 •	ICT Infrastructure for automation at each agency.
 •	ICT infrastructure for the NSW.
 •	Staff capacity building on implementing the NSW.</t>
   </si>
   <si>
     <t>12.1.1, 12.1.2, 12.2.1, 12.2.2, 12.3, 12.4.1 (a), 12.4.1 (b), 12.4.1 (c), 12.4.1 (d), 12.4.1 (e), 12.4.1 (f), 12.4.2, 12.5.1 (a), 12.5.1 (b), 12.5.1 (c), 12.5.1 (d), 12.5.1 (e), 12.5.1 (f), 12.5.2, 12.5.3, 12.6.1 (a), 12.6.1 (b), 12.6.1 (c), 12.6.1 (d), 12.6.1 (e), 12.6.2, 12.7.1 (a), 12.7.1 (b), 12.7.1 (c), 12.7.1 (d), 12.7.1 (e), 12.7.2, 12.8, 12.9.1, 12.9.2, 12.10 (a), 12.10 (b), 12.10 (c), 12.10 (d), 12.10 (e), 12.10 (f), 12.10 (g), 12.10 (h), 12.11.1 (a), 12.11.1 (b), 12.11.1 (c), 12.11.2, 12.12.1, 12.12.2</t>
   </si>
   <si>
     <t>Customs cooperation</t>
   </si>
   <si>
     <t>•	Expert support on developing a voluntary compliance regime.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
@@ -766,695 +778,731 @@
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2">
         <v>1.1</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I2" t="s">
         <v>15</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3">
         <v>1.2</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>13</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>1.3</v>
       </c>
       <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I4" t="s">
         <v>25</v>
       </c>
       <c r="J4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>1.4</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>29</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I5" t="s">
         <v>30</v>
       </c>
       <c r="J5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>2.1</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6" t="s">
         <v>33</v>
       </c>
       <c r="D6" t="s">
         <v>34</v>
       </c>
       <c r="E6" t="s">
         <v>35</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I6" t="s">
         <v>36</v>
       </c>
       <c r="J6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>2.2</v>
       </c>
       <c r="B7">
         <v>2.2</v>
       </c>
       <c r="C7" t="s">
         <v>38</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>39</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I7" t="s">
         <v>40</v>
       </c>
       <c r="J7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>3</v>
       </c>
       <c r="B8" t="s">
         <v>41</v>
       </c>
       <c r="C8" t="s">
         <v>42</v>
       </c>
       <c r="D8" t="s">
         <v>43</v>
       </c>
       <c r="E8" t="s">
         <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
       </c>
       <c r="I8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>5.1</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D9" t="s">
         <v>34</v>
       </c>
       <c r="E9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
         <v>24</v>
       </c>
-      <c r="F9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>5.3</v>
       </c>
       <c r="B10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C10" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D10" t="s">
         <v>34</v>
       </c>
       <c r="E10" t="s">
         <v>29</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
+        <v>24</v>
       </c>
       <c r="I10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>6.1</v>
       </c>
       <c r="B11" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
+        <v>24</v>
       </c>
       <c r="I11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J11" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>6.2</v>
       </c>
       <c r="B12" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C12" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D12" t="s">
         <v>43</v>
       </c>
       <c r="E12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
+        <v>24</v>
       </c>
       <c r="I12" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>7.3</v>
       </c>
       <c r="B13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D13" t="s">
         <v>43</v>
       </c>
       <c r="E13" t="s">
         <v>39</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I13" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J13" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>7.4</v>
       </c>
       <c r="B14" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C14" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
       <c r="E14" t="s">
         <v>29</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
+        <v>24</v>
       </c>
       <c r="I14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J14" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>7.5</v>
       </c>
       <c r="B15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D15" t="s">
         <v>43</v>
       </c>
       <c r="E15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H15" t="s">
+        <v>73</v>
       </c>
       <c r="I15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>7.6</v>
       </c>
       <c r="B16" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C16" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
+        <v>73</v>
       </c>
       <c r="I16" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="J16" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>7.7</v>
       </c>
       <c r="B17" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D17" t="s">
         <v>34</v>
       </c>
       <c r="E17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
+        <v>80</v>
       </c>
       <c r="I17" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="J17" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>7.9</v>
       </c>
       <c r="B18" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C18" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D18" t="s">
         <v>34</v>
       </c>
       <c r="E18" t="s">
         <v>13</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
+        <v>24</v>
       </c>
       <c r="I18" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="J18" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C19" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D19" t="s">
         <v>34</v>
       </c>
       <c r="E19" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I19" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="J19" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>10.1</v>
       </c>
       <c r="B20" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C20" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D20" t="s">
         <v>43</v>
       </c>
       <c r="E20" t="s">
         <v>35</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I20" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="J20" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>10.2</v>
       </c>
       <c r="B21" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D21" t="s">
         <v>43</v>
       </c>
       <c r="E21" t="s">
         <v>35</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I21" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="J21" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
         <v>10.3</v>
       </c>
       <c r="B22" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="D22" t="s">
         <v>34</v>
       </c>
       <c r="E22" t="s">
         <v>29</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I22" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="J22" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23">
         <v>10.4</v>
       </c>
       <c r="B23" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C23" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D23" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="E23" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H23" t="s">
+        <v>104</v>
       </c>
       <c r="I23" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="J23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24">
         <v>12</v>
       </c>
       <c r="B24" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C24" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="D24" t="s">
         <v>34</v>
       </c>
       <c r="E24" t="s">
         <v>29</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I24" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="J24" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">