--- v1 (2025-12-30)
+++ v2 (2026-02-02)
@@ -106,95 +106,95 @@
   </si>
   <si>
     <t>Enquiry points</t>
   </si>
   <si>
     <t>30 June 2023</t>
   </si>
   <si>
     <t>WB</t>
   </si>
   <si>
     <t>•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	ICT infrastructure and technology for maintaining enquiry points.
 •	Staff capacity building on operating and maintaining enquiry points.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Human resources and training</t>
   </si>
   <si>
     <t>1.4 (a), 1.4 (b), 1.4 (c)</t>
   </si>
   <si>
     <t>Notification</t>
   </si>
   <si>
-    <t>31 December 2025</t>
+    <t>10 October 2025</t>
   </si>
   <si>
     <t>•	For Creation of an electronic single information management platform encompassing Official locations where in which the information has been published, Uniform resource locators of website of the TIP, enquiry points responsible for servicing enquires, enabling expeditious &amp; accurate flow of notifications.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT)</t>
   </si>
   <si>
     <t>2.1.1, 2.1.2, 2.1.3</t>
   </si>
   <si>
     <t>Comments and information before entry into force</t>
   </si>
   <si>
     <t>31 December 2020</t>
-  </si>
-[...1 lines deleted...]
-    <t>31 December 2026</t>
   </si>
   <si>
     <t>•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Staff capacity building on developing procedures; managing notification and public comment on proposed laws and regulations.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Institutional procedures, Human resources and training</t>
   </si>
   <si>
     <t>Consultations</t>
   </si>
   <si>
     <t>27 August 2024</t>
   </si>
   <si>
     <t>•	Expert support on developing public consultation strategy.
 •	Staff capacity building on developing consultation strategy/policy, procedures; carrying out consultations.</t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Advance rulings</t>
   </si>
   <si>
     <t>31 December 2018</t>
+  </si>
+  <si>
+    <t>31 December 2025</t>
   </si>
   <si>
     <t>ITC, ADB, Trade Facilitation Agreement Facility</t>
   </si>
   <si>
     <t>•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Equipment/technology for upgrading the laboratory.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Infrastructure and equipment</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notifications for enhanced controls or inspections</t>
   </si>
   <si>
     <t>•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Expert support on the design and establishment of a notification system for enhanced controls or inspections.
 •	Staff capacity building on implementing a notification system for enhanced controls or inspections.
 •	ICT Infrastructure for establishing an automated notification system.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Infrastructure and equipment, Human resources and training</t>
@@ -891,109 +891,109 @@
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="I5" t="s">
         <v>30</v>
       </c>
       <c r="J5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>2.1</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6" t="s">
         <v>33</v>
       </c>
       <c r="D6" t="s">
         <v>34</v>
       </c>
       <c r="E6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="I6" t="s">
         <v>35</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="I6" t="s">
+      <c r="J6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>2.2</v>
       </c>
       <c r="B7">
         <v>2.2</v>
       </c>
       <c r="C7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="I7" t="s">
         <v>39</v>
       </c>
-      <c r="F7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>3</v>
       </c>
       <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
         <v>41</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>42</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>44</v>
       </c>
       <c r="I8" t="s">
         <v>45</v>
       </c>
       <c r="J8" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>5.1</v>
       </c>
       <c r="B9" t="s">
         <v>47</v>
       </c>
       <c r="C9" t="s">
@@ -1074,144 +1074,144 @@
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>24</v>
       </c>
       <c r="I11" t="s">
         <v>57</v>
       </c>
       <c r="J11" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>6.2</v>
       </c>
       <c r="B12" t="s">
         <v>59</v>
       </c>
       <c r="C12" t="s">
         <v>60</v>
       </c>
       <c r="D12" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E12" t="s">
         <v>56</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>24</v>
       </c>
       <c r="I12" t="s">
         <v>61</v>
       </c>
       <c r="J12" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>7.3</v>
       </c>
       <c r="B13" t="s">
         <v>63</v>
       </c>
       <c r="C13" t="s">
         <v>64</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="I13" t="s">
         <v>65</v>
       </c>
       <c r="J13" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>7.4</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E14" t="s">
         <v>29</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>24</v>
       </c>
       <c r="I14" t="s">
         <v>69</v>
       </c>
       <c r="J14" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>7.5</v>
       </c>
       <c r="B15" t="s">
         <v>70</v>
       </c>
       <c r="C15" t="s">
         <v>71</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
         <v>72</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>73</v>
       </c>
       <c r="I15" t="s">
         <v>65</v>
       </c>
       <c r="J15" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>7.6</v>
       </c>
       <c r="B16" t="s">
@@ -1310,97 +1310,97 @@
       <c r="A19">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>87</v>
       </c>
       <c r="C19" t="s">
         <v>88</v>
       </c>
       <c r="D19" t="s">
         <v>34</v>
       </c>
       <c r="E19" t="s">
         <v>89</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="I19" t="s">
         <v>90</v>
       </c>
       <c r="J19" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>10.1</v>
       </c>
       <c r="B20" t="s">
         <v>91</v>
       </c>
       <c r="C20" t="s">
         <v>92</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="I20" t="s">
         <v>93</v>
       </c>
       <c r="J20" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>10.2</v>
       </c>
       <c r="B21" t="s">
         <v>94</v>
       </c>
       <c r="C21" t="s">
         <v>95</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E21" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="I21" t="s">
         <v>96</v>
       </c>
       <c r="J21" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
         <v>10.3</v>
       </c>
       <c r="B22" t="s">
         <v>98</v>
       </c>
       <c r="C22" t="s">
         <v>99</v>
       </c>
       <c r="D22" t="s">