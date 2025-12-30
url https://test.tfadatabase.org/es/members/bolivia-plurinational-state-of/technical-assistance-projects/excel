--- v0 (2025-10-19)
+++ v1 (2025-12-30)
@@ -12,145 +12,151 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Medida</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t xml:space="preserve">Fecha indicativa de aplicación </t>
   </si>
   <si>
     <t>Fecha definitiva de aplicación</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Resoluciones anticipadas</t>
   </si>
   <si>
     <t>31 diciembre 2020</t>
   </si>
   <si>
     <t>22 agosto 2020</t>
   </si>
   <si>
     <t>Sí</t>
   </si>
   <si>
-    <t>No</t>
+    <t>SECO, OMA</t>
   </si>
   <si>
     <t>Cooperación y Asistencia técnica para la implementación de Resoluciones Anticipadas, para lo cual se requiere:
 - Adquirir conocimiento sobre el marco procedimental y directrices referentes a la tramitación y verificación del uso adecuado de Resoluciones anticipadas.
 - Conocer las implicancias jurídicas y normativas que conlleva su emisión.
 - Elaborar reglamentos, procedimientos y otros que permitan la implementación, plazo de vigencia y revocatoria de las resoluciones anticipadas.</t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>5.3.1, 5.3.2, 5.3.3</t>
   </si>
   <si>
     <t>Procedimientos de prueba</t>
   </si>
   <si>
     <t>31 diciembre 2022</t>
   </si>
   <si>
     <t>Implementación de Centros de Inspección Simultánea, dotados de: laboratorios para pruebas de control y verificación de minerales, laboratorios fitosanitarios, cuarentena, entre otros; además de métodos no intrusivos de inspección de mercancías.
 Inversión estimada: US$13 millones- US$16 millones.</t>
   </si>
   <si>
     <t>Infraestructura y equipo</t>
   </si>
   <si>
     <t>10.1.1 (a), 10.1.1 (b), 10.1.1 (c), 10.1.1 (d)</t>
   </si>
   <si>
     <t>Formalidades</t>
   </si>
   <si>
     <t>31 diciembre 2019</t>
   </si>
   <si>
     <t>Asistencia Técnica y apoyo para la simplificación y optimización de los procesos y procedimientos de comercio exterior a fin de eliminar trámites innecesarios, asegurar que los procesos sean claros y transparentes y que respondan a objetivos de eficiencia, incorporen procedimientos de gestión del riesgo, y se adhieran a estándares y buenas prácticas internacionales.
 Inversión estimada: US$1.25 millones</t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Procedimientos institucionales</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Ventanilla única</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>BID</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -514,138 +520,144 @@
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>16</v>
       </c>
       <c r="J2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3">
         <v>5.3</v>
       </c>
       <c r="B3" t="s">
         <v>18</v>
       </c>
       <c r="C3" t="s">
         <v>19</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
         <v>13</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I3" t="s">
         <v>21</v>
       </c>
       <c r="J3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>10.1</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>25</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I4" t="s">
         <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>10.4</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>13</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="G5" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">