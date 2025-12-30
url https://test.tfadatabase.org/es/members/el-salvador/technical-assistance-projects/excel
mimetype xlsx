--- v0 (2025-10-21)
+++ v1 (2025-12-30)
@@ -12,226 +12,244 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Medida</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t xml:space="preserve">Fecha indicativa de aplicación </t>
   </si>
   <si>
     <t>Fecha definitiva de aplicación</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>Procedimientos de recurso o de revisión</t>
   </si>
   <si>
     <t>23 diciembre 2021</t>
   </si>
   <si>
     <t>Sí</t>
-  </si>
-[...1 lines deleted...]
-    <t>No</t>
   </si>
   <si>
     <t xml:space="preserve">Asistencia técnica para:
 a)	conocer buenas prácticas de países que han implementado la medida
 b)	realizar diagnóstico técnico y/o legal
 c)	elaboración de propuesta de normas
 </t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Diagnóstico y evaluación de necesidades</t>
   </si>
   <si>
     <t>6.2 (i), 6.2 (ii)</t>
   </si>
   <si>
     <t>Disciplinas específicas en materia de derechos y cargas</t>
   </si>
   <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>WB, OMA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Asistencia técnica para:
 a)	conocer buenas prácticas sobre cobro de derechos y cargas de tramitación aduanera a la importación y exportación en países que tengan implementada la medida
 b)	realizar diagnóstico técnico y/o legal
 c)	elaboración de propuesta de normas
 </t>
   </si>
   <si>
     <t>7.7.1, 7.7.2 (a) (i), 7.7.2 (a) (ii), 7.7.2 (a) (iii), 7.7.2 (a) (iv), 7.7.2 (b) (i), 7.7.2 (b) (ii)</t>
   </si>
   <si>
     <t>Operadores autorizados</t>
   </si>
   <si>
     <t>23 diciembre 2022</t>
   </si>
   <si>
+    <t>Estados Unidos de América</t>
+  </si>
+  <si>
     <t xml:space="preserve">•	Asistencia financiera para dotación de equipo y software.
 •	Asistencia técnica para: a) Formación del recurso humano de las autoridades que intervienen en los puestos fronterizos b) conocer buenas prácticas internacionales c)  capacitación y sensibilización del sector privado d) creación de mecanismos informáticos para la transmisión anticipada y obligatoria de la información, incluyendo Declaraciones de mercancías, declaraciones de tránsito y otro tipo de documentación acorde con la legislación e) elaboración de propuestas para reconocimiento mutuo con sistemas de otros países.
 </t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Infraestructura y equipo, Recursos humanos y capacitación, Sensibilización</t>
   </si>
   <si>
     <t>8.2 (a), 8.2 (b), 8.2 (c), 8.2 (d), 8.2 (e)</t>
   </si>
   <si>
     <t>Cooperación entre los organismos que intervienen en la frontera</t>
   </si>
   <si>
     <t>22 diciembre 2021</t>
+  </si>
+  <si>
+    <t>BID, Unión Europea, Estados Unidos de América</t>
   </si>
   <si>
     <t xml:space="preserve">•	Asistencia técnica para conocer las mejores prácticas de países que tengan implementados controles conjuntos en frontera y de una sola parada.
 •	Asistencia financiera para dotación de equipo y software.
 •	Asistencia técnica para fortalecimiento del recurso humano de las instituciones que intervienen en los puestos fronterizos.
 •	Asistencia técnica para la capacitación y sensibilización del sector privado.
 </t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Infraestructura y equipo, Recursos humanos y capacitación, Sensibilización, Procedimientos institucionales</t>
   </si>
   <si>
     <t>10.2.1</t>
   </si>
   <si>
     <t>Aceptación de copias</t>
+  </si>
+  <si>
+    <t>BID</t>
   </si>
   <si>
     <t xml:space="preserve">Asistencia técnica y financiera para:
 o	Conocer mejores prácticas implementadas por otros países.
 o	Diagnóstico técnico y/o legal.
 o	Propuesta para incluir en el marco legal interno la aplicación de esta medida
 o	Diagnóstico de las instituciones que intervienen en los puestos fronterizos, a fin de determinar la capacidad para implementar software que permita almacenar digitalmente los documentos que se utilizan en las operaciones de exportación, importación y tránsito de mercancías.
 o	Adecuación de sistemas informáticos para la implementación de la medida
 o	Adquisición de equipo informático.
 o	Capacitación y sensibilización del sector privado.
 </t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Marco legislativo y reglamentario, Infraestructura y equipo, Diagnóstico y evaluación de necesidades, Sensibilización</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Ventanilla única</t>
   </si>
   <si>
     <t>22 diciembre 2024</t>
   </si>
   <si>
+    <t>23 diciembre 2027</t>
+  </si>
+  <si>
     <t xml:space="preserve">•	Asistencia técnica y financiera para implementación de Ley de Firma Electrónica. 
 •	Asistencia técnica para el fortalecimiento de la Ventanilla Única del Centro de Trámites de Importaciones y Exportaciones (CIEX).
 •	Asistencia técnica para conocer las mejores prácticas de la OMA en materia de gestión de ventanilla única. 
 •	Asistencia técnica para capacitación de instituciones públicas que interactúan con la ventanilla única y para los usuarios del sector privado
 </t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Recursos humanos y capacitación, Tecnologías de la información y las comunicaciones (TIC), Procedimientos institucionales, Sensibilización</t>
   </si>
   <si>
     <t>10.5.2</t>
   </si>
   <si>
     <t>Inspección previa a la expedición</t>
   </si>
   <si>
     <t xml:space="preserve">Asistencia técnica para:
 a)	conocer buenas prácticas en países que tengan implementada la medida
 b)	realizar diagnóstico técnico/legal
 </t>
   </si>
   <si>
     <t>Tránsito</t>
   </si>
   <si>
     <t xml:space="preserve">•	Asistencia técnica para conocer buenas prácticas en países que tengan implementada la medida
 •	Asistencia financiera para dotación de equipo y software. 
 •	Asistencia técnica para la formación del recurso humano de las autoridades que intervienen en los puestos fronterizos.
 </t>
   </si>
   <si>
     <t>Infraestructura y equipo, Tecnologías de la información y las comunicaciones (TIC), Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>•	Asistencia técnica para: a) conocer buenas prácticas en países que tengan implementada la medida b) formación del recurso humano de las autoridades que intervienen en los puestos fronterizos c) realizar diagnóstico técnico/legal</t>
   </si>
   <si>
     <t>Diagnóstico y evaluación de necesidades, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>12.2.1, 12.2.2</t>
   </si>
   <si>
     <t>Cooperación aduanera</t>
+  </si>
+  <si>
+    <t>BID, OMA, Unión Europea</t>
   </si>
   <si>
     <t>•	Asistencia técnica y financiera para desarrollos tecnológicos en las instituciones involucradas en el comercio exterior para la interconexión de los sistemas informáticos entre las instituciones y la Ventanilla Única y con otros países.</t>
   </si>
   <si>
     <t>Infraestructura y equipo, Tecnologías de la información y las comunicaciones (TIC)</t>
   </si>
   <si>
     <t>12.5.3</t>
   </si>
   <si>
     <t>•	Asistencia técnica para: a) conocer buenas prácticas en países que tengan implementada la medida b) realizar estudios de reformas legales, mecanismos y/o mejores prácticas para implementar la medida.</t>
   </si>
   <si>
     <t>12.6.1 (a), 12.6.1 (b), 12.6.1 (c), 12.6.1 (d), 12.6.1 (e), 12.6.2</t>
   </si>
   <si>
     <t>•	Asistencia técnica para: a) conocer buenas prácticas en países que tengan implementada la medida b) estudios de reformas legales, mecanismos y/o mejores prácticas para implementar la medida c) evaluación de procedimientos actuales y creación de propuestas de procedimientos administrativos para su aplicación.</t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Diagnóstico y evaluación de necesidades, Procedimientos institucionales</t>
   </si>
   <si>
     <t>12.7.1 (a), 12.7.1 (b), 12.7.1 (c), 12.7.1 (d), 12.7.1 (e), 12.7.2</t>
   </si>
@@ -631,550 +649,601 @@
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2">
         <v>4</v>
       </c>
       <c r="B2">
         <v>4.6</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I2" t="s">
         <v>13</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3">
         <v>6.2</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="H3" t="s">
+        <v>18</v>
       </c>
       <c r="I3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="J3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>7.7</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H4" t="s">
+        <v>23</v>
       </c>
       <c r="I4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
       </c>
       <c r="I5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="J5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>10.2</v>
       </c>
       <c r="B6" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C6" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
       </c>
       <c r="I6" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="J6" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>10.4</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D7" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E7" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H7" t="s">
+        <v>23</v>
       </c>
       <c r="I7" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="J7" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>10.5</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H8" t="s">
+        <v>23</v>
       </c>
       <c r="I8" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="J8" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>11</v>
       </c>
       <c r="B9">
         <v>11.7</v>
       </c>
       <c r="C9" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H9" t="s">
+        <v>34</v>
       </c>
       <c r="I9" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="J9" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>11</v>
       </c>
       <c r="B10">
         <v>11.12</v>
       </c>
       <c r="C10" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H10" t="s">
+        <v>34</v>
       </c>
       <c r="I10" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="J10" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>11</v>
       </c>
       <c r="B11">
         <v>11.13</v>
       </c>
       <c r="C11" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D11" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H11" t="s">
+        <v>34</v>
       </c>
       <c r="I11" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="J11" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>12</v>
       </c>
       <c r="B12" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C12" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H12" t="s">
+        <v>53</v>
       </c>
       <c r="I12" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="J12" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H13" t="s">
+        <v>53</v>
       </c>
       <c r="I13" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="J13" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>12</v>
       </c>
       <c r="B14" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" t="s">
         <v>52</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H14" t="s">
+        <v>53</v>
       </c>
       <c r="I14" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="J14" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>12</v>
       </c>
       <c r="B15" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="C15" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H15" t="s">
+        <v>53</v>
       </c>
       <c r="I15" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="J15" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>12</v>
       </c>
       <c r="B16">
         <v>12.8</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H16" t="s">
+        <v>53</v>
       </c>
       <c r="I16" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="J16" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>12</v>
       </c>
       <c r="B17" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H17" t="s">
+        <v>53</v>
       </c>
       <c r="I17" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="J17" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>12</v>
       </c>
       <c r="B18" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H18" t="s">
+        <v>53</v>
       </c>
       <c r="I18" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="J18" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>12</v>
       </c>
       <c r="B19" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H19" t="s">
+        <v>53</v>
       </c>
       <c r="I19" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="J19" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">