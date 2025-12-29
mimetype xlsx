--- v0 (2025-10-19)
+++ v1 (2025-12-29)
@@ -437,51 +437,51 @@
   </si>
   <si>
     <t xml:space="preserve">Apoyo destinado a:
 1.	instalar incineradores modernos y otras instalaciones de eliminación; y
 2.	examinar la política y/o el marco jurídico sobre mercancías rechazadas para garantizar su conformidad con las disposiciones pertinentes del AFC.
 </t>
   </si>
   <si>
     <t>11.1 (a), 11.1 (b), 11.2, 11.3, 11.4, 11.5, 11.6 (a), 11.6 (b), 11.7, 11.8, 11.9, 11.10, 11.11, 11.12, 11.13, 11.14, 11.15, 11.16 (a), 11.16 (b), 11.16 (c), 11.17</t>
   </si>
   <si>
     <t>Tránsito</t>
   </si>
   <si>
     <t xml:space="preserve">Apoyo destinado a:
 1.	mejorar el marco jurídico que respalda la aplicación del seguimiento de la carga;
 2.	mejorar la infraestructura del corredor de tránsito;
 3.	simplificar las formalidades, los procedimientos de documentación y los controles aduaneros en relación con la carga en tránsito; y
 4.	armonizar el sistema electrónico de seguimiento de la carga de la CAO.
 </t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Marco legislativo y reglamentario, Infraestructura y equipo</t>
   </si>
   <si>
-    <t>12.1.1, 12.1.2, 12.2.1, 12.2.2, 12.5.1 (a), 12.5.1 (b), 12.5.1 (c), 12.5.1 (d), 12.5.1 (e), 12.5.1 (f), 12.5.2, 12.5.3, 12.6.1 (a), 12.6.1 (b), 12.6.1 (c), 12.6.1 (d), 12.6.1 (e), 12.6.2, 12.7.1 (a), 12.7.1 (b), 12.7.1 (c), 12.7.1 (d), 12.7.1 (e), 12.7.2, 12.8, 12.9.1, 12.9.2, 12.10 (a), 12.10 (b), 12.10 (c), 12.10 (d), 12.10 (e), 12.10 (f), 12.10 (g), 12.10 (h), 12.11.1 (a), 12.11.1 (b), 12.11.1 (c), 12.11.2, 12.12.1</t>
+    <t>12.1.1, 12.1.2, 12.2.1, 12.2.2, 12.5.1 (a), 12.5.1 (b), 12.5.1 (c), 12.5.1 (d), 12.5.1 (e), 12.5.1 (f), 12.5.2, 12.5.3, 12.6.1 (a), 12.6.1 (b), 12.6.1 (c), 12.6.1 (d), 12.6.1 (e), 12.6.2, 12.7.1 (a), 12.7.1 (b), 12.7.1 (c), 12.7.1 (d), 12.7.1 (e), 12.7.2, 12.8, 12.9.1, 12.9.2, 12.10 (a), 12.10 (b), 12.10 (c), 12.10 (d), 12.10 (e), 12.10 (f), 12.10 (g), 12.10 (h), 12.11.1 (a), 12.11.1 (b), 12.11.1 (c), 12.11.2</t>
   </si>
   <si>
     <t>Cooperación aduanera</t>
   </si>
   <si>
     <t xml:space="preserve">Apoyo destinado a:
 1.	crear capacidad en la Administración de Aduanas de Kenya sobre cuestiones relativas a la cooperación con otras autoridades aduaneras; y
 2.	examinar la legislación aduanera de la CAO para garantizar su conformidad con las disposiciones de este artículo.
 </t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>12.4.1 (a), 12.4.1 (b), 12.4.1 (c), 12.4.1 (d), 12.4.1 (e), 12.4.1 (f), 12.4.2</t>
   </si>
   <si>
     <t xml:space="preserve">Apoyo destinado a:
 1.	crear capacidad en la Administración de Aduanas de Kenya sobre cuestiones relativas a la cooperación con otras autoridades aduaneras;
 2.	examinar la legislación aduanera de la CAO para garantizar su conformidad con las disposiciones de este artículo.
 </t>
   </si>
 </sst>
 </file>
 