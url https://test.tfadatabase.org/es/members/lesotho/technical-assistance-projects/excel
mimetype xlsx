--- v0 (2025-10-21)
+++ v1 (2025-12-29)
@@ -53,99 +53,99 @@
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>1.2.1 (a), 1.2.1 (b), 1.2.1 (c), 1.2.2, 1.2.3</t>
   </si>
   <si>
     <t>Información disponible por medio de Internet</t>
   </si>
   <si>
     <t>31 diciembre 2019</t>
   </si>
   <si>
-    <t>31 diciembre 2025</t>
+    <t>31 diciembre 2028</t>
   </si>
   <si>
     <t>Sí</t>
   </si>
   <si>
     <t>WB</t>
   </si>
   <si>
     <t xml:space="preserve">•	Apoyo informático para mejorar el Portal Comercial de Lesotho (LTP), de manera que pueda presentar la reglamentación comercial vigente, la información relativa a los procedimientos administrativos; los organismos pertinentes; los resultados; los formularios; los requisitos; las licencias; los permisos; las sanciones aplicables en caso de infracción; los derechos aplicables; la duración de cada procedimiento, así como las leyes que justifican cada procedimiento y su contenido, de forma sencilla.
 •	Asistencia técnica para la creación de una interfaz de fácil manejo en la que se indiquen claramente los procedimientos de importación y exportación de cada producto.
 •	Campañas de sensibilización (formación y comunicaciones) destinadas a fomentar el uso del LTP.
 •	Capacitación para garantizar el mantenimiento y la expansión del LTP.
 •	Elaboración de un protocolo en el que se describan los procedimientos para la revisión y la presentación de información por los organismos.
 </t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Marco legislativo y reglamentario, Recursos humanos y capacitación, Sensibilización</t>
   </si>
   <si>
     <t>1.3.1, 1.3.2, 1.3.3, 1.3.4</t>
   </si>
   <si>
     <t>Servicios de información</t>
   </si>
   <si>
     <t>31 diciembre 2021</t>
   </si>
   <si>
-    <t>31 diciembre 2028</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">•	Ampliación de los servicios de información para que aborden otros organismos, más allá del Ministerio de Comercio e Industria (MCI), el Ministerio de Agricultura y Seguridad Alimentaria y la Administración Fiscal de Lesotho.
 •	Fortalecimiento de la función del Comité MSF mediante la ampliación de su mandato, y formación al respecto.
 •	Capacitación necesaria para el mantenimiento de los servicios de información.
 •	Coordinación y seguimiento por medios electrónicos de los servicios prestados por todos los servicios de información.
 </t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>4.1 (a), 4.1 (b), 4.2, 4.3, 4.4 (a), 4.4 (b), 4.4 end paragraph, 4.5, 4.6</t>
   </si>
   <si>
     <t>Procedimientos de recurso o de revisión</t>
   </si>
   <si>
     <t>31 diciembre 2023</t>
+  </si>
+  <si>
+    <t>31 diciembre 2025</t>
   </si>
   <si>
     <t xml:space="preserve">•	Apoyo para la revisión de los proyectos de ley.
 •	Puesta en marcha del tribunal de la Autoridad Fiscal de Lesotho, en particular apoyo para fomentar su capacidad.
 •	Creación de capacidad para la aplicación de los procedimientos de recurso.
 </t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>5.3.1, 5.3.2, 5.3.3</t>
   </si>
   <si>
     <t>Procedimientos de prueba</t>
   </si>
   <si>
     <t>31 diciembre 2035</t>
   </si>
   <si>
     <t>IAEA, FAO</t>
   </si>
   <si>
     <t xml:space="preserve">•	Apoyo para la elaboración de parámetros de prueba y la acreditación de laboratorios veterinarios.
 •	Infraestructura y tecnología de la información y de las comunicaciones (conexión en red, automatización, Internet de alta velocidad).
@@ -800,481 +800,481 @@
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>16</v>
       </c>
       <c r="J2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3">
         <v>1.3</v>
       </c>
       <c r="B3" t="s">
         <v>18</v>
       </c>
       <c r="C3" t="s">
         <v>19</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G3" t="s">
+        <v>14</v>
+      </c>
+      <c r="I3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="I3" t="s">
+      <c r="J3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>4</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>25</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>5.3</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>32</v>
       </c>
       <c r="I5" t="s">
         <v>33</v>
       </c>
       <c r="J5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>7.1</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
       <c r="C6" t="s">
         <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E6" t="s">
         <v>37</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>15</v>
       </c>
       <c r="I6" t="s">
         <v>38</v>
       </c>
       <c r="J6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>7.3</v>
       </c>
       <c r="B7" t="s">
         <v>40</v>
       </c>
       <c r="C7" t="s">
         <v>41</v>
       </c>
       <c r="D7" t="s">
+        <v>25</v>
+      </c>
+      <c r="E7" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="I7" t="s">
         <v>42</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>7.4</v>
       </c>
       <c r="B8" t="s">
         <v>43</v>
       </c>
       <c r="C8" t="s">
         <v>44</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
         <v>45</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>15</v>
       </c>
       <c r="I8" t="s">
         <v>46</v>
       </c>
       <c r="J8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>7.5</v>
       </c>
       <c r="B9" t="s">
         <v>47</v>
       </c>
       <c r="C9" t="s">
         <v>48</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
         <v>13</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="I9" t="s">
         <v>49</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>7.6</v>
       </c>
       <c r="B10" t="s">
         <v>50</v>
       </c>
       <c r="C10" t="s">
         <v>51</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
         <v>52</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>53</v>
       </c>
       <c r="I10" t="s">
         <v>54</v>
       </c>
       <c r="J10" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>7.7</v>
       </c>
       <c r="B11" t="s">
         <v>56</v>
       </c>
       <c r="C11" t="s">
         <v>57</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>58</v>
       </c>
       <c r="I11" t="s">
         <v>59</v>
       </c>
       <c r="J11" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>7.8</v>
       </c>
       <c r="B12" t="s">
         <v>61</v>
       </c>
       <c r="C12" t="s">
         <v>62</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E12" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>63</v>
       </c>
       <c r="I12" t="s">
         <v>64</v>
       </c>
       <c r="J12" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>7.9</v>
       </c>
       <c r="B13" t="s">
         <v>66</v>
       </c>
       <c r="C13" t="s">
         <v>67</v>
       </c>
       <c r="D13" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E13" t="s">
         <v>31</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="I13" t="s">
         <v>68</v>
       </c>
       <c r="J13" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>69</v>
       </c>
       <c r="C14" t="s">
         <v>70</v>
       </c>
       <c r="D14" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>31</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>15</v>
       </c>
       <c r="I14" t="s">
         <v>71</v>
       </c>
       <c r="J14" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>10.1</v>
       </c>
       <c r="B15" t="s">
         <v>73</v>
       </c>
       <c r="C15" t="s">
         <v>74</v>
       </c>
       <c r="D15" t="s">
+        <v>25</v>
+      </c>
+      <c r="E15" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>75</v>
       </c>
       <c r="I15" t="s">
         <v>76</v>
       </c>
       <c r="J15" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>10.3</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
         <v>78</v>
       </c>
       <c r="D16" t="s">
+        <v>26</v>
+      </c>
+      <c r="E16" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>75</v>
       </c>
       <c r="I16" t="s">
         <v>79</v>
       </c>
       <c r="J16" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>10.4</v>
       </c>
       <c r="B17" t="s">
         <v>80</v>
       </c>
       <c r="C17" t="s">
         <v>81</v>
       </c>
       <c r="D17" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
         <v>31</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>15</v>
       </c>
       <c r="I17" t="s">
         <v>82</v>
       </c>
       <c r="J17" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>10.7</v>
       </c>
       <c r="B18" t="s">
@@ -1294,109 +1294,109 @@
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>15</v>
       </c>
       <c r="I18" t="s">
         <v>86</v>
       </c>
       <c r="J18" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>10.8</v>
       </c>
       <c r="B19" t="s">
         <v>87</v>
       </c>
       <c r="C19" t="s">
         <v>88</v>
       </c>
       <c r="D19" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E19" t="s">
         <v>13</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="I19" t="s">
         <v>89</v>
       </c>
       <c r="J19" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>10.9</v>
       </c>
       <c r="B20" t="s">
         <v>90</v>
       </c>
       <c r="C20" t="s">
         <v>91</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="I20" t="s">
         <v>92</v>
       </c>
       <c r="J20" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>12</v>
       </c>
       <c r="B21" t="s">
         <v>93</v>
       </c>
       <c r="C21" t="s">
         <v>94</v>
       </c>
       <c r="D21" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E21" t="s">
         <v>37</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>95</v>
       </c>
       <c r="I21" t="s">
         <v>96</v>
       </c>
       <c r="J21" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">