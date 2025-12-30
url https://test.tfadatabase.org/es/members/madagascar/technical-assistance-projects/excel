--- v0 (2025-10-19)
+++ v1 (2025-12-30)
@@ -12,92 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>Medida</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t xml:space="preserve">Fecha indicativa de aplicación </t>
   </si>
   <si>
     <t>Fecha definitiva de aplicación</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>1.1.1 (a), 1.1.1 (b), 1.1.1 (c), 1.1.1 (d), 1.1.1 (e), 1.1.1 (f), 1.1.1 (g), 1.1.1 (h), 1.1.1 (i), 1.1.1 (j)</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>31 diciembre 2021</t>
   </si>
   <si>
-    <t>30 abril 2024</t>
+    <t>31 diciembre 2026</t>
   </si>
   <si>
     <t>Sí</t>
   </si>
   <si>
     <t>AfDB</t>
   </si>
   <si>
     <t>-	Marco jurídico para la publicación de la información sobre los procedimientos de importación y exportación.
 -	Capacitación de técnicos en los procedimientos de publicación en línea.
 -	Instalación de conexión a Internet de muy alta velocidad en todos los ministerios y organismos de control y la Secretaría Permanente del CNFC.
 -	Suministro de materiales para facilitar la comunicación entre los ministerios y los organismos de control e inspección.</t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Marco legislativo y reglamentario, Infraestructura y equipo, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>1.2.1 (a), 1.2.1 (b), 1.2.1 (c), 1.2.2, 1.2.3</t>
   </si>
   <si>
     <t>Información disponible por medio de Internet</t>
   </si>
   <si>
     <t>-	Marco jurídico para la creación y el funcionamiento del portal y el establecimiento de la base de datos.
 -	Creación de una base de datos de aranceles integrados y un portal de información comercial.
@@ -129,79 +129,76 @@
 -	Mantenimiento de los equipos de TIC adquiridos.</t>
   </si>
   <si>
     <t>1.4 (a), 1.4 (b), 1.4 (c)</t>
   </si>
   <si>
     <t>Notificación</t>
   </si>
   <si>
     <t>-	Fomento de la capacidad de la Secretaría Permanente del CNFC en materia de notificaciones.
 -	Suministro de equipos de TIC a la Secretaría Permanente del CNFC para recopilar, centralizar y enviar las notificaciones y sensibilizar a los departamentos involucrados.</t>
   </si>
   <si>
     <t>Infraestructura y equipo, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>2.1.1, 2.1.2, 2.1.3</t>
   </si>
   <si>
     <t>Observaciones e información antes de la entrada en vigor</t>
   </si>
   <si>
     <t>31 diciembre 2023</t>
   </si>
   <si>
-    <t>31 diciembre 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>-	Establecimiento de un mecanismo eficiente de consulta previa, en línea o por mensajería telefónica, que permita formular observaciones sobre un proyecto de ley o de reglamento que afecte a las exportaciones o las importaciones antes de su entrada en vigor.
 -	Marco jurídico para el establecimiento del mecanismo.
 -	Sensibilización de los operadores sobre la utilización del mecanismo.
 -	Establecimiento de un equipo de atención de llamadas calificado y equipado para recopilar, tramitar y responder a las solicitudes de observaciones.</t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Marco legislativo y reglamentario, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>Consultas</t>
   </si>
   <si>
     <t>-	Apoyo a la elaboración de un marco reglamentario para poner en marcha un mecanismo de consulta.
 -	Apoyo logístico y técnico en las reuniones consultivas del CNFC.</t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Resoluciones anticipadas</t>
   </si>
   <si>
-    <t>31 diciembre 2022</t>
+    <t>31 diciembre 2025</t>
   </si>
   <si>
     <t>GATF</t>
   </si>
   <si>
     <t>-	Realización de evaluaciones comparativas para determinar las mejores prácticas en materia de resoluciones anticipadas.
 -	Adaptación de la reglamentación nacional a las normas y buenas prácticas internacionales.
 -	Revisión del marco jurídico.
 -	Establecimiento de una infraestructura eficaz para la aplicación de resoluciones anticipadas en Madagascar respecto del origen y la clasificación arancelaria.
 -	Establecimiento de un marco reglamentario para las resoluciones anticipadas.
 -	Capacitación y sensibilización de los operadores y las autoridades competentes sobre la aplicación de resoluciones anticipadas.</t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Infraestructura y equipo, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notificaciones de controles o inspecciones reforzados</t>
   </si>
   <si>
     <t>31 diciembre 2035</t>
   </si>
   <si>
@@ -225,53 +222,50 @@
 -	Servicios informáticos especializados para el nuevo laboratorio.
 -	Establecimiento de un sistema de control reforzado e informatizado para la exportación.
 -	Establecimiento de un sistema de alerta rápida sobre importaciones.
 -	Apoyo para la acreditación de los laboratorios de pruebas.
 -	Laboratorio de Tecnología de los Alimentos del Ministerio de Agroindustria y Seguridad Alimentaria.
 -	Modernización del Laboratorio de Sanidad Animal, incluida la infraestructura y el equipo del Ministerio de Agroindustria.
 -	Suministro de equipo y utensilios para efectuar análisis rápidos de alimentos y tomar decisiones en el acto con respecto al levante de envíos de alimentos en el Ministerio de Salud y Calidad de la Vida.
 -	Refuerzo de los servicios e instalaciones de diagnóstico de plagas y enfermedades en el Ministerio de Agroindustria y Seguridad Alimentaria.
 -	Provisión de laboratorios certificados móviles.
 -	Laboratorio Nacional de Residuos Químicos y Biológicos, a través de la adquisición de equipos, materiales y reactivos y la mejora de los métodos de diagnóstico aplicados, la capacitación del personal y la infraestructura de los laboratorios.
 -	Servicios informáticos especializados para la vigilancia de enfermedades en el Ministerio de Agroindustria y Seguridad Alimentaria.
 -	Formación y creación de capacidad en procedimientos de prueba para los funcionarios de la Oficina de Normas de Madagascar y los científicos/técnicos de laboratorio.
 -	Realización de evaluaciones comparativas para determinar las mejores prácticas.
 -	Sensibilización de todas las partes interesadas sobre los procedimientos y reglamentos relativos a los procedimientos de prueba.</t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Marco legislativo y reglamentario, Infraestructura y equipo, Recursos humanos y capacitación, Sensibilización</t>
   </si>
   <si>
     <t>6.1.1, 6.1.2, 6.1.3, 6.1.4</t>
   </si>
   <si>
     <t>Disciplinas generales en materia de derechos y cargas</t>
   </si>
   <si>
-    <t>31 diciembre 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratación de una empresa de consultores para:
 -	Identificación y análisis de las diferencias entre el marco jurídico y los procedimientos vigentes en materia de derechos y cargas.
 -	Actualización y armonización del marco jurídico y de los procedimientos en función de los resultados del análisis indicado en el punto anterior.
 -	Elaboración de un marco institucional de concertación y coordinación de todas las partes interesadas en el marco del artículo 6.1.
 -	Identificación de las necesidades de infraestructura y de formación de las partes interesadas en el marco del artículo 6.1.
 -	Realización de evaluaciones comparativas para determinar las mejores prácticas en materia de coordinación de las partes interesadas en el marco institucional relativo a la transparencia de los derechos y cargas establecidos sobre la importación y la exportación.
 -	Divulgación y comunicación de los reglamentos y procedimientos relativos al artículo 6.1.
 -	Establecimiento y capacitación de un equipo técnico para gestionar los servicios de información de la entidad en cuestión.
 -	Provisión de equipos informáticos, espacios de oficina y mobiliario al equipo especializado.</t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Infraestructura y equipo, Diagnóstico y evaluación de necesidades, Procedimientos institucionales, Sensibilización</t>
   </si>
   <si>
     <t>6.2 (i), 6.2 (ii)</t>
   </si>
   <si>
     <t>Disciplinas específicas en materia de derechos y cargas</t>
   </si>
   <si>
     <t>Contratación de una empresa de consultores para:
 -	Identificación y análisis de las diferencias entre el marco jurídico y los procedimientos vigentes en materia de aduanas.
 -	Concepción y armonización del marco jurídico y de los procedimientos en materia aduanera con miras a la elaboración de una política nacional.
 -	Identificación de las necesidades de infraestructura y formación de cada organismo en frontera encargado de la aplicación del artículo 6.2.
 -	Realización de evaluaciones comparativas para determinar las mejores prácticas en materia de derechos y cargas de tramitación aduanera en colaboración con las demás entidades involucradas.
@@ -462,82 +456,85 @@
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Ventanilla única</t>
   </si>
   <si>
     <t>-	Evaluación comparativa de los países que cuenten con una ventanilla única nacional electrónica que sea funcional y eficaz.
 -	Marco institucional de la ventanilla única nacional electrónica.
 -	Apoyo técnico y financiero para el establecimiento y la puesta en marcha de la ventanilla única nacional electrónica.
 -	Capacitación de los encargados de gestionar la ventanilla única nacional electrónica.
 -	Sensibilización de los operadores sobre la utilización de la ventanilla única nacional electrónica.
 -	Mantenimiento y vigilancia de la ventanilla única nacional electrónica.
 -	Apoyo a las actividades del grupo de trabajo del CNFC en relación con la ventanilla única nacional electrónica.</t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Marco legislativo y reglamentario, Procedimientos institucionales, Sensibilización</t>
   </si>
   <si>
     <t>10.6.1, 10.6.2, 10.6.3</t>
   </si>
   <si>
     <t>Recurso a agentes de aduanas</t>
   </si>
   <si>
-    <t>31 diciembre 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>-	Adaptación de la reglamentación nacional a las normas y buenas prácticas internacionales.
 -	Revisión del marco jurídico.</t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario</t>
   </si>
   <si>
     <t>10.7.1, 10.7.2 (a), 10.7.2 (b), 10.7.2 (c), 10.7.2 (d), 10.7.2 (e)</t>
   </si>
   <si>
     <t>Procedimientos en frontera comunes</t>
   </si>
   <si>
     <t>-	Evaluación comparativa de los países con mejores prácticas de gestión coordinada de las fronteras.
 -	Revisión del marco jurídico en el que se basan los procedimientos y los requisitos de documentación aplicados en la frontera y armonización de la reglamentación de las autoridades que intervienen en la frontera.
 -	Capacitación de los agentes en la frontera sobre las normas que deben aplicar en materia de gestión coordinada de las fronteras.
 -	Sensibilización de las partes interesadas sobre la reglamentación y los procedimientos en la frontera.</t>
   </si>
   <si>
     <t>11.1 (a), 11.1 (b), 11.2, 11.3, 11.4, 11.5, 11.6 (a), 11.6 (b), 11.7, 11.8, 11.9, 11.10, 11.11, 11.12, 11.13, 11.14, 11.15, 11.16 (a), 11.16 (b), 11.16 (c), 11.17</t>
   </si>
   <si>
     <t>Tránsito</t>
   </si>
   <si>
-    <t>Creación de capacidad para los agentes de aduanas en materia de gestión y supervisión del tránsito.</t>
-[...2 lines deleted...]
-    <t>Recursos humanos y capacitación</t>
+    <t>31 octubre 2025</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>por determinar</t>
+  </si>
+  <si>
+    <t>Por determinar</t>
   </si>
   <si>
     <t>12.1.1, 12.1.2, 12.2.1, 12.2.2, 12.3, 12.4.1 (a), 12.4.1 (b), 12.4.1 (c), 12.4.1 (d), 12.4.1 (e), 12.4.1 (f), 12.4.2, 12.5.1 (a), 12.5.1 (b), 12.5.1 (c), 12.5.1 (d), 12.5.1 (e), 12.5.1 (f), 12.5.2, 12.5.3, 12.6.1 (a), 12.6.1 (b), 12.6.1 (c), 12.6.1 (d), 12.6.1 (e), 12.6.2, 12.7.1 (a), 12.7.1 (b), 12.7.1 (c), 12.7.1 (d), 12.7.1 (e), 12.7.2, 12.8, 12.9.1, 12.9.2, 12.10 (a), 12.10 (b), 12.10 (c), 12.10 (d), 12.10 (e), 12.10 (f), 12.10 (g), 12.10 (h), 12.11.1 (a), 12.11.1 (b), 12.11.1 (c), 12.11.2, 12.12.1, 12.12.2</t>
   </si>
   <si>
     <t>Cooperación aduanera</t>
   </si>
   <si>
     <t>-	Asistencia técnica para el establecimiento de la Red nacional de aplicación de medidas aduaneras (nCEN) y las infraestructuras necesarias.</t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Infraestructura y equipo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1029,768 +1026,768 @@
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>2.1</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>
       <c r="C6" t="s">
         <v>30</v>
       </c>
       <c r="D6" t="s">
         <v>31</v>
       </c>
       <c r="E6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="I6" t="s">
         <v>32</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="I6" t="s">
+      <c r="J6" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>2.2</v>
       </c>
       <c r="B7">
         <v>2.2</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>13</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="I7" t="s">
+        <v>35</v>
+      </c>
+      <c r="J7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>3</v>
       </c>
       <c r="B8" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D8" t="s">
         <v>31</v>
       </c>
       <c r="E8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
         <v>40</v>
       </c>
-      <c r="F8" t="s">
-[...5 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>41</v>
       </c>
-      <c r="I8" t="s">
+      <c r="J8" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>5.1</v>
       </c>
       <c r="B9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D9" t="s">
         <v>31</v>
       </c>
       <c r="E9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="I9" t="s">
         <v>46</v>
       </c>
-      <c r="F9" t="s">
-[...5 lines deleted...]
-      <c r="I9" t="s">
+      <c r="J9" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>5.3</v>
       </c>
       <c r="B10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C10" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D10" t="s">
         <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="I10" t="s">
+        <v>50</v>
+      </c>
+      <c r="J10" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>6.1</v>
       </c>
       <c r="B11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C11" t="s">
         <v>53</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>39</v>
+      </c>
+      <c r="E11" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>14</v>
+      </c>
+      <c r="I11" t="s">
         <v>54</v>
       </c>
-      <c r="D11" t="s">
+      <c r="J11" t="s">
         <v>55</v>
-      </c>
-[...13 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>6.2</v>
       </c>
       <c r="B12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C12" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" t="s">
+        <v>39</v>
+      </c>
+      <c r="E12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="I12" t="s">
         <v>58</v>
       </c>
-      <c r="C12" t="s">
+      <c r="J12" t="s">
         <v>59</v>
-      </c>
-[...16 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>6.3</v>
       </c>
       <c r="B13" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C13" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="I13" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="J13" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>7.1</v>
       </c>
       <c r="B14" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C14" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="I14" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="J14" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>7.2</v>
       </c>
       <c r="B15">
         <v>7.2</v>
       </c>
       <c r="C15" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="D15" t="s">
         <v>31</v>
       </c>
       <c r="E15" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="I15" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="J15" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>7.3</v>
       </c>
       <c r="B16" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C16" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
         <v>31</v>
       </c>
       <c r="E16" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="I16" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="J16" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>7.4</v>
       </c>
       <c r="B17" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>15</v>
       </c>
       <c r="I17" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="J17" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>7.5</v>
       </c>
       <c r="B18" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C18" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D18" t="s">
         <v>31</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="I18" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="J18" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>7.7</v>
       </c>
       <c r="B19" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C19" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D19" t="s">
         <v>31</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="I19" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="J19" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>7.8</v>
       </c>
       <c r="B20" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C20" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="I20" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="J20" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>7.9</v>
       </c>
       <c r="B21" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D21" t="s">
         <v>31</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="I21" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="J21" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C22" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D22" t="s">
         <v>31</v>
       </c>
       <c r="E22" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
+        <v>94</v>
+      </c>
+      <c r="I22" t="s">
+        <v>95</v>
+      </c>
+      <c r="J22" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23">
         <v>10.1</v>
       </c>
       <c r="B23" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C23" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D23" t="s">
         <v>31</v>
       </c>
       <c r="E23" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="I23" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="J23" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24">
         <v>10.2</v>
       </c>
       <c r="B24" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C24" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="I24" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="J24" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25">
         <v>10.3</v>
       </c>
       <c r="B25" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C25" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="I25" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="J25" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26">
         <v>10.4</v>
       </c>
       <c r="B26" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C26" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D26" t="s">
         <v>31</v>
       </c>
       <c r="E26" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="I26" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="J26" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27">
         <v>10.6</v>
       </c>
       <c r="B27" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C27" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D27" t="s">
         <v>31</v>
       </c>
       <c r="E27" t="s">
-        <v>114</v>
+        <v>45</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="I27" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="J27" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28">
         <v>10.7</v>
       </c>
       <c r="B28" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C28" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D28" t="s">
         <v>31</v>
       </c>
       <c r="E28" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="I28" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="J28" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29">
         <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C29" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>32</v>
+        <v>119</v>
       </c>
       <c r="F29" t="s">
-        <v>14</v>
+        <v>120</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="I29" t="s">
+        <v>121</v>
+      </c>
+      <c r="J29" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30">
         <v>12</v>
       </c>
       <c r="B30" t="s">
+        <v>123</v>
+      </c>
+      <c r="C30" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="I30" t="s">
+        <v>125</v>
+      </c>
+      <c r="J30" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">