--- v0 (2025-10-19)
+++ v1 (2025-12-29)
@@ -12,92 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Medida</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t xml:space="preserve">Fecha indicativa de aplicación </t>
   </si>
   <si>
     <t>Fecha definitiva de aplicación</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>1.2.1 (a), 1.2.1 (b), 1.2.1 (c), 1.2.2, 1.2.3</t>
   </si>
   <si>
     <t>Información disponible por medio de Internet</t>
   </si>
   <si>
     <t>31 diciembre 2023</t>
   </si>
   <si>
-    <t>31 diciembre 2025</t>
+    <t>30 junio 2027</t>
   </si>
   <si>
     <t>Sí</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t xml:space="preserve">Se necesita asistencia y apoyo financiero para traducir al idioma inglés todas las leyes, prescripciones, reglamentos, normas, directrices y procedimientos operativos normalizados en vigor relacionados con el comercio.
 Se necesita asistencia y apoyo para mejorar el sitio web del Ministerio de Desarrollo Económico y de la Dirección de Productos Alimenticios y Farmacéuticos de Maldivas.
 Asistencia para desarrollar las capacidades de los funcionarios del Ministerio de Desarrollo Económico, la Dirección de Productos Alimenticios y Farmacéuticos y el Ministerio de Salud para gestionar, mantener y actualizar el sitio web/portal de información.
 Asistencia al Ministerio de Pesca, Agricultura y Recursos Marinos para seguir desarrollando el sistema de información sobre la pesca y para mejorar la capacidad de gestión y actualización del portal de información sobre la pesca.
 </t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>1.3.1, 1.3.2, 1.3.3, 1.3.4</t>
   </si>
   <si>
     <t>Servicios de información</t>
   </si>
   <si>
     <t>31 diciembre 2021</t>
@@ -142,51 +142,51 @@
   </si>
   <si>
     <t>Resoluciones anticipadas</t>
   </si>
   <si>
     <t>22 octubre 2019</t>
   </si>
   <si>
     <t>BAsD, OMA</t>
   </si>
   <si>
     <t xml:space="preserve">Se necesita asistencia para impartir formación y conocimientos especializados en materia de resoluciones anticipadas y normas de origen a los funcionarios de aduanas y de otros organismos que intervienen en la frontera.
 Asistencia para llevar a cabo campañas de educación pública con miras a sensibilizar y movilizar a las partes interesadas.
 </t>
   </si>
   <si>
     <t>Recursos humanos y capacitación, Sensibilización</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notificaciones de controles o inspecciones reforzados</t>
   </si>
   <si>
-    <t>30 junio 2026</t>
+    <t>30 diciembre 2027</t>
   </si>
   <si>
     <t xml:space="preserve">Asistencia y apoyo para poner en marcha un sistema de alerta de las notificaciones electrónicas en el marco del Organismo de Protección de la Salud, la Dirección de Productos Alimenticios y Farmacéuticos de Maldivas y el Ministerio de Pesca, Agricultura y Recursos Marinos, y para reforzar las capacidades para la notificación de controles o inspecciones reforzados.
 Asistencia para revisar el marco jurídico y mecanismos para el análisis y la mejora del marco jurídico y los procedimientos.
 </t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Marco legislativo y reglamentario, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>5.3.1, 5.3.2, 5.3.3</t>
   </si>
   <si>
     <t>Procedimientos de prueba</t>
   </si>
   <si>
     <t xml:space="preserve">Se necesita asistencia y apoyo financiero para adquirir equipos de pruebas y otro equipo/material de laboratorio pertinente.
 Se necesita asistencia y apoyo para impartir formación y capacitación al personal técnico y para reforzar las capacidades del personal de laboratorio para la realización de pruebas.
 Se necesita asistencia y apoyo para reforzar las capacidades del Laboratorio Nacional de Salud Pública para el control de alimentos y medicamentos.
 También se necesita asistencia y apoyo para establecer instalaciones portuarias destinadas al almacenamiento de alimentos y medicamentos a nivel central y regional.
 Se necesita asimismo asistencia y apoyo para el establecimiento de parámetros de prueba y la acreditación.
 </t>
   </si>
   <si>
     <t>Infraestructura y equipo, Recursos humanos y capacitación</t>
@@ -257,50 +257,53 @@
   </si>
   <si>
     <t xml:space="preserve">Se necesita asistencia para el diseño, la planificación y la realización de estudios del tiempo necesario para el despacho.
 Se necesita capacitación y formación para el personal con miras a mejorar el promedio de tiempo necesario para el despacho.
 </t>
   </si>
   <si>
     <t>7.7.1, 7.7.2 (a) (i), 7.7.2 (a) (ii), 7.7.2 (a) (iii), 7.7.2 (a) (iv), 7.7.2 (b) (i), 7.7.2 (b) (ii), 7.7.3 (a), 7.7.3 (b), 7.7.3 (c), 7.7.3 (d), 7.7.3 (e), 7.7.3 (f), 7.7.3 (g), 7.7.4, 7.7.5, 7.7.6</t>
   </si>
   <si>
     <t>Operadores autorizados</t>
   </si>
   <si>
     <t>31 diciembre 2024</t>
   </si>
   <si>
     <t xml:space="preserve">Se necesita asistencia técnica y apoyo para introducir un sistema de comerciantes/operadores autorizados y establecer un marco de vigilancia que permita a la administración aduanera evaluar y vigilar el cumplimiento por parte de los operadores, así como formación para los funcionarios de aduanas.
 También se necesita formación y capacitación para todos los demás organismos que intervienen en la frontera, a fin de garantizar un mejor cumplimiento de lo previsto en esta disposición.
 </t>
   </si>
   <si>
     <t>7.8.1 (a), 7.8.1 (b), 7.8.1 (c), 7.8.1 (d), 7.8.1 (e), 7.8.1 (f), 7.8.1 (g), 7.8.1 (h), 7.8.2 (a), 7.8.2 (b), 7.8.2 (c), 7.8.2 (d), 7.8.3</t>
   </si>
   <si>
     <t>Envíos urgentes</t>
+  </si>
+  <si>
+    <t>31 diciembre 2027</t>
   </si>
   <si>
     <t>10.3.1, 10.3.2</t>
   </si>
   <si>
     <t>Utilización de las normas internacionales</t>
   </si>
   <si>
     <t xml:space="preserve">Se necesita formación y capacitación para ayudar al personal de las instituciones competentes a ajustarse a las normas internacionales y las mejores prácticas.
 Se necesita asistencia para evaluar la capacidad de realización de pruebas, certificación, inspección y acreditación de los organismos de reglamentación competentes y ayudar a modernizar las instalaciones a fin de ajustarlas a la normativa pertinente.
 Se necesita asistencia con miras a la adopción del cuaderno ATA (Nota: La administración de aduanas se adherirá pronto al Convenio de Kyoto revisado.)
 Se necesita formación para los funcionarios de aduanas en relación con la aplicación del cuaderno ATA.
 Se necesitan conocimientos técnicos especializados para detectar los desajustes entre la legislación vigente y las normas internacionales y contribuir a su armonización.
 </t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Diagnóstico y evaluación de necesidades, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Ventanilla única</t>
   </si>
   <si>
@@ -1105,179 +1108,179 @@
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="I14" t="s">
         <v>69</v>
       </c>
       <c r="J14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>7.8</v>
       </c>
       <c r="B15" t="s">
         <v>70</v>
       </c>
       <c r="C15" t="s">
         <v>71</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="F15" t="s">
         <v>15</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="J15" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>10.3</v>
       </c>
       <c r="B16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
         <v>13</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="I16" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J16" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>10.4</v>
       </c>
       <c r="B17" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>13</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I17" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J17" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>10.9</v>
       </c>
       <c r="B18" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C18" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
         <v>13</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="I18" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J18" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C19" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>61</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="I19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J19" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">