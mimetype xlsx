--- v0 (2025-10-19)
+++ v1 (2025-12-14)
@@ -264,51 +264,51 @@
     <t>Tecnologías de la información y las comunicaciones (TIC), Marco legislativo y reglamentario, Procedimientos institucionales</t>
   </si>
   <si>
     <t>10.3.1, 10.3.2</t>
   </si>
   <si>
     <t>Utilización de las normas internacionales</t>
   </si>
   <si>
     <t>31 enero 2025</t>
   </si>
   <si>
     <t> Asistencia para la revisión de la aplicación de normas (por ejemplo, GASI en el caso de las normas MSF). 
  Apoyo para la creación de capacidad en relación con la aplicación de normas internacionales.</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Ventanilla única</t>
   </si>
   <si>
     <t>1 julio 2022</t>
   </si>
   <si>
-    <t>31 diciembre 2025</t>
+    <t>30 junio 2027</t>
   </si>
   <si>
     <t xml:space="preserve"> Asistencia para realizar un análisis de los procesos empresariales.
  Racionalización de los reglamentos/procedimientos de cada organismo.
  Apoyo para la realización de un estudio de viabilidad y el proyecto de ventanilla única.
  Apoyo para la implantación de la ventanilla única, incluida la creación de un sistema para cada organismo.
  Apoyo para la conexión a través de la fibra óptica de los pasos fronterizos aislados. </t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Infraestructura y equipo, Diagnóstico y evaluación de necesidades, Procedimientos institucionales</t>
   </si>
   <si>
     <t>10.6.1, 10.6.2, 10.6.3</t>
   </si>
   <si>
     <t>Recurso a agentes de aduanas</t>
   </si>
   <si>
     <t>31 diciembre 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> Apoyo para la creación de capacidad de los agentes de aduanas a efectos de ayudarles
 a cumplir su mandato.
 </t>
   </si>