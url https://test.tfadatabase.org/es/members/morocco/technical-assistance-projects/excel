--- v0 (2025-10-18)
+++ v1 (2025-12-30)
@@ -53,51 +53,51 @@
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notificaciones de controles o inspecciones reforzados</t>
   </si>
   <si>
     <t>22 febrero 2022</t>
   </si>
   <si>
-    <t>31 diciembre 2025</t>
+    <t>31 julio 2025</t>
   </si>
   <si>
     <t>Sí</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>•	Establecimiento de un sistema de control reforzado e informatizado para la exportación.
 •	Establecimiento de un sistema de alerta rápida sobre importaciones.</t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC)</t>
   </si>
   <si>
     <t>7.1.1, 7.1.2</t>
   </si>
   <si>
     <t>Tramitación previa a la llegada</t>
   </si>
   <si>
     <t>•	Revisión reglamentaria sobre certificación electrónica de conformidad con la reglamentación nacional relativa al intercambio electrónico de datos.</t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Marco legislativo y reglamentario</t>