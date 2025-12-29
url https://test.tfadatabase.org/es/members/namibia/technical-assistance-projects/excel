--- v0 (2025-10-19)
+++ v1 (2025-12-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Medida</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t xml:space="preserve">Fecha indicativa de aplicación </t>
   </si>
   <si>
     <t>Fecha definitiva de aplicación</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
@@ -321,50 +321,53 @@
     <t>Tecnologías de la información y las comunicaciones (TIC), Recursos humanos y capacitación, Sensibilización</t>
   </si>
   <si>
     <t>10.6.1, 10.6.2, 10.6.3</t>
   </si>
   <si>
     <t>Recurso a agentes de aduanas</t>
   </si>
   <si>
     <t xml:space="preserve">•	Examen de las prescripciones en materia de licencias para verificar que sean objetivas y transparentes.
 •	Formación sobre los requisitos de publicación.
 •	Asistencia técnica en el diseño y el desarrollo de un sistema que integre un mecanismo de definición de perfiles para los agentes.
 •	Asistencia para informar e impartir formación sobre la puesta en marcha del nuevo sistema.
 •	Asistencia técnica (financiación) para impartir formación a los agentes sobre los procedimientos aduaneros. Elaboración de políticas, procedimientos y mecanismos de supervisión para que los procedimientos se apliquen de manera uniforme en todo el país.
 •	Asistencia técnica y apoyo para simplificar y optimizar los procesos y procedimientos en las fronteras con todas las instituciones a fin de tener mejores controles, eliminar trámites innecesarios y armonizar los requisitos para salvaguardar las buenas prácticas internacionales.
 </t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Marco legislativo y reglamentario, Procedimientos institucionales, Recursos humanos y capacitación, Sensibilización</t>
   </si>
   <si>
     <t>11.1 (a), 11.1 (b)</t>
   </si>
   <si>
     <t>Tránsito</t>
+  </si>
+  <si>
+    <t>31 agosto 2025</t>
   </si>
   <si>
     <t xml:space="preserve">•	Asistencia técnica para la formulación de políticas y el diseño, el establecimiento y la financiación de infraestructuras de tránsito. Examen -y modificación, de ser necesario- de las leyes, los reglamentos, los procedimientos y los requisitos de documentación.
 •	Examen de los derechos de tránsito para asegurarse de que reflejan el costo de los servicios prestados.
 •	Asistencia para evaluar los efectos de las medidas aplicadas al tráfico en tránsito (cargas, reglamentos, formalidades).
 •	Asistencia técnica y financiera para impartir capacitación a los funcionarios sobre los procedimientos de tránsito y los sistemas de garantía, incluso a nivel regional.
 •	Asistencia técnica para elaborar reglamentos y procedimientos técnicos.
 •	Asistencia financiera para llevar a cabo campañas de información pública, en particular entre el personal de aduanas y las partes interesadas.
 •	Verificación de que los objetivos son legítimos y de que se aplican las opciones menos restrictivas del comercio.
 •	Examen, mejora y modificación de los procedimientos de gestión de garantías.
 •	Examen y actualización de los sistemas automatizados para asegurarse de que existen herramientas para el control de las operaciones de tránsito y la gestión de las garantías de tránsito.
 •	Formación de todas las partes interesadas.
 •	Formación y creación de capacidad para el coordinador del tránsito.
 </t>
   </si>
   <si>
     <t xml:space="preserve">•	Asistencia técnica para la formulación de políticas y el diseño, el establecimiento y la financiación de infraestructuras de tránsito. Examen -y modificación, de ser necesario- de las leyes, los reglamentos, los procedimientos y los requisitos de documentación.
 •	Examen de los derechos de tránsito para asegurarse de que reflejan el costo de los servicios prestados.
 •	Asistencia para evaluar los efectos de las medidas aplicadas al tráfico en tránsito (cargas, reglamentos, formalidades).
 •	Asistencia técnica y financiera para impartir capacitación a los funcionarios sobre los procedimientos de tránsito y los sistemas de garantía, incluso a nivel regional.
 •	Asistencia técnica para elaborar reglamentos y procedimientos técnicos.
 •	Asistencia financiera para llevar a cabo campañas de información pública, en particular entre el personal de aduanas y las partes interesadas.
 •	Verificación de que los objetivos son legítimos y de que se aplican las opciones menos restrictivas del comercio.
 •	Examen, mejora y modificación de los procedimientos de gestión de garantías.
 •	Examen y actualización de los sistemas automatizados para asegurarse de que existen herramientas para el control de las operaciones de tránsito y la gestión de las garantías de tránsito.
@@ -1136,524 +1139,524 @@
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="I14" t="s">
         <v>67</v>
       </c>
       <c r="J14" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>11</v>
       </c>
       <c r="B15" t="s">
         <v>69</v>
       </c>
       <c r="C15" t="s">
         <v>70</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="F15" t="s">
         <v>18</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="I15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J15" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>11</v>
       </c>
       <c r="B16">
         <v>11.2</v>
       </c>
       <c r="C16" t="s">
         <v>70</v>
       </c>
       <c r="D16" t="s">
         <v>34</v>
       </c>
       <c r="E16" t="s">
         <v>34</v>
       </c>
       <c r="F16" t="s">
         <v>18</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="I16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J16" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>11</v>
       </c>
       <c r="B17">
         <v>11.3</v>
       </c>
       <c r="C17" t="s">
         <v>70</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="F17" t="s">
         <v>18</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="I17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>11</v>
       </c>
       <c r="B18">
         <v>11.4</v>
       </c>
       <c r="C18" t="s">
         <v>70</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="F18" t="s">
         <v>18</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="I18" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J18" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>11</v>
       </c>
       <c r="B19">
         <v>11.5</v>
       </c>
       <c r="C19" t="s">
         <v>70</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="F19" t="s">
         <v>18</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="I19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J19" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C20" t="s">
         <v>70</v>
       </c>
       <c r="D20" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E20" t="s">
         <v>34</v>
       </c>
       <c r="F20" t="s">
         <v>18</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="I20" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J20" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>11</v>
       </c>
       <c r="B21">
         <v>11.7</v>
       </c>
       <c r="C21" t="s">
         <v>70</v>
       </c>
       <c r="D21" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E21" t="s">
         <v>34</v>
       </c>
       <c r="F21" t="s">
         <v>18</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="I21" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J21" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
         <v>11</v>
       </c>
       <c r="B22">
         <v>11.8</v>
       </c>
       <c r="C22" t="s">
         <v>70</v>
       </c>
       <c r="D22" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E22" t="s">
         <v>34</v>
       </c>
       <c r="F22" t="s">
         <v>18</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="I22" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J22" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23">
         <v>11</v>
       </c>
       <c r="B23">
         <v>11.9</v>
       </c>
       <c r="C23" t="s">
         <v>70</v>
       </c>
       <c r="D23" t="s">
         <v>34</v>
       </c>
       <c r="E23" t="s">
         <v>34</v>
       </c>
       <c r="F23" t="s">
         <v>18</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="I23" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J23" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24">
         <v>11</v>
       </c>
       <c r="B24">
         <v>11.1</v>
       </c>
       <c r="C24" t="s">
         <v>70</v>
       </c>
       <c r="D24" t="s">
         <v>34</v>
       </c>
       <c r="E24" t="s">
         <v>34</v>
       </c>
       <c r="F24" t="s">
         <v>18</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="I24" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J24" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25">
         <v>11</v>
       </c>
       <c r="B25">
         <v>11.11</v>
       </c>
       <c r="C25" t="s">
         <v>70</v>
       </c>
       <c r="D25" t="s">
         <v>44</v>
       </c>
       <c r="E25" t="s">
         <v>45</v>
       </c>
       <c r="F25" t="s">
         <v>18</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="I25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J25" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26">
         <v>11</v>
       </c>
       <c r="B26">
         <v>11.12</v>
       </c>
       <c r="C26" t="s">
         <v>70</v>
       </c>
       <c r="D26" t="s">
         <v>34</v>
       </c>
       <c r="E26" t="s">
         <v>34</v>
       </c>
       <c r="F26" t="s">
         <v>18</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="I26" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J26" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27">
         <v>11</v>
       </c>
       <c r="B27">
         <v>11.13</v>
       </c>
       <c r="C27" t="s">
         <v>70</v>
       </c>
       <c r="D27" t="s">
         <v>44</v>
       </c>
       <c r="E27" t="s">
         <v>45</v>
       </c>
       <c r="F27" t="s">
         <v>18</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="I27" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J27" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28">
         <v>11</v>
       </c>
       <c r="B28">
         <v>11.14</v>
       </c>
       <c r="C28" t="s">
         <v>70</v>
       </c>
       <c r="D28" t="s">
         <v>34</v>
       </c>
       <c r="E28" t="s">
         <v>34</v>
       </c>
       <c r="F28" t="s">
         <v>18</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="I28" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J28" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29">
         <v>11</v>
       </c>
       <c r="B29">
         <v>11.15</v>
       </c>
       <c r="C29" t="s">
         <v>70</v>
       </c>
       <c r="D29" t="s">
         <v>44</v>
       </c>
       <c r="E29" t="s">
         <v>45</v>
       </c>
       <c r="F29" t="s">
         <v>18</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="I29" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J29" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30">
         <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C30" t="s">
         <v>70</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="F30" t="s">
         <v>18</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="I30" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J30" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31">
         <v>11</v>
       </c>
       <c r="B31">
         <v>11.17</v>
       </c>
       <c r="C31" t="s">
         <v>70</v>
       </c>
       <c r="D31" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E31" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F31" t="s">
         <v>18</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="I31" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J31" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>