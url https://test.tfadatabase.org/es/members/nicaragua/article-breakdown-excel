--- v0 (2025-11-09)
+++ v1 (2025-12-30)
@@ -236,51 +236,51 @@
   <si>
     <t>22 diciembre 2020</t>
   </si>
   <si>
     <t>5.1 (b)</t>
   </si>
   <si>
     <t>5.1 (c)</t>
   </si>
   <si>
     <t>5.1 (d)</t>
   </si>
   <si>
     <t>Retención</t>
   </si>
   <si>
     <t>Procedimientos de prueba</t>
   </si>
   <si>
     <t>5.3.1</t>
   </si>
   <si>
     <t>22 febrero 2022</t>
   </si>
   <si>
-    <t>22 diciembre 2025</t>
+    <t>22 junio 2027</t>
   </si>
   <si>
     <t>5.3.2</t>
   </si>
   <si>
     <t>5.3.3</t>
   </si>
   <si>
     <t>Disciplinas generales en materia de derechos y cargas</t>
   </si>
   <si>
     <t>6.1.1</t>
   </si>
   <si>
     <t>6.1.2</t>
   </si>
   <si>
     <t>6.1.3</t>
   </si>
   <si>
     <t>6.1.4</t>
   </si>
   <si>
     <t>Disciplinas específicas en materia de derechos y cargas</t>
   </si>