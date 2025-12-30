--- v0 (2025-10-19)
+++ v1 (2025-12-30)
@@ -96,51 +96,51 @@
   </si>
   <si>
     <t>Notificaciones de controles o inspecciones reforzados</t>
   </si>
   <si>
     <t>22 diciembre 2020</t>
   </si>
   <si>
     <t xml:space="preserve">•	Asesoría para la realización de los procedimientos de cierre de notificaciones.
 •	Se requiere una sección en la página web IPSA para publicar el estatus Sanitario y fitosanitario del país, además de la publicación a la CIPF, OIE y OMC.
 </t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Diagnóstico y evaluación de necesidades</t>
   </si>
   <si>
     <t>5.3.1, 5.3.2, 5.3.3</t>
   </si>
   <si>
     <t>Procedimientos de prueba</t>
   </si>
   <si>
     <t>22 febrero 2022</t>
   </si>
   <si>
-    <t>22 diciembre 2025</t>
+    <t>22 junio 2027</t>
   </si>
   <si>
     <t xml:space="preserve">Fortalecimiento de los Laboratorios de Diagnóstico Fitosanitario de los departamentos de Managua, Estelí, León, Rivas; así mismo el laboratorio nacional de residuos químicos y biológicos, a través de la adquisición de equipos, materiales, reactivos, fortalecimiento en la implementación de métodos de diagnóstico, capacitación al personal, reforzamiento de la infraestructura de los laboratorios regionales, con el propósito de dar respuesta a los exportadores e importadores de productos y subproductos de origen vegetal.
 Detalle de la asistencia financiera: 
 Reactivos, consumibles, equipos de los laboratorios centrales y regionales US$ 700,000.00.
 Fortalecimiento de las Capacidades de diagnóstico y capacidades técnicas del personal (diplomados, talleres, cursos especializados, postgrados, pasantías, etc.) US$ 100,000.00
 Remodelación y acondicionamiento de tres laboratorios regionales de diagnóstico fitosanitario en los departamentos de Estelí, León y Rivas US$ 300,000.00
 TOTAL US$ 1,100,000.00
 </t>
   </si>
   <si>
     <t>Infraestructura y equipo, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Ventanilla única</t>
   </si>
   <si>
     <t>22 junio 2022</t>
   </si>
   <si>
     <t>BID</t>
   </si>