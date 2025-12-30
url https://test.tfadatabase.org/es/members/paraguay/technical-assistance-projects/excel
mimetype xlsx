--- v0 (2025-10-18)
+++ v1 (2025-12-30)
@@ -230,51 +230,51 @@
   <si>
     <t>7.8.1 (a), 7.8.1 (b), 7.8.1 (c), 7.8.1 (d), 7.8.1 (e), 7.8.1 (f), 7.8.1 (g), 7.8.1 (h), 7.8.2 (a), 7.8.2 (b), 7.8.2 (c), 7.8.2 (d), 7.8.3</t>
   </si>
   <si>
     <t>Envíos urgentes</t>
   </si>
   <si>
     <t>1 septiembre 2022</t>
   </si>
   <si>
     <t>1.	Elaborar un procedimiento de facilitación simplificada para envíos urgentes de exportaciones a través de una consultoría independiente.</t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Diagnóstico y evaluación de necesidades, Procedimientos institucionales</t>
   </si>
   <si>
     <t>8.1, 8.2 (a), 8.2 (b), 8.2 (c), 8.2 (d), 8.2 (e)</t>
   </si>
   <si>
     <t>Cooperación entre los organismos que intervienen en la frontera</t>
   </si>
   <si>
     <t>1 marzo 2021</t>
   </si>
   <si>
-    <t>1 marzo 2026</t>
+    <t>1 septiembre 2027</t>
   </si>
   <si>
     <t>1.	Realizar un diagnóstico de la cantidad de puertos privados existentes, de sus condiciones operativas y de su certificación, a fin de que la Prefectura Naval pueda realizar su trabajo de control de las condiciones operativas de los puertos privados.
 2.	Implementación efectiva y transparente de la gestión de riesgo.
 3.	Cooperación técnica para revisar el marco normativo de los puertos públicos y privados y de las responsabilidades en navegabilidad de los ríos (Ley 1066/65).
 4.	Agilización de las inspecciones en canal rojo en puntos de acceso públicos y privados.</t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Diagnóstico y evaluación de necesidades, Procedimientos institucionales</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>