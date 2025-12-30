--- v0 (2025-10-21)
+++ v1 (2025-12-30)
@@ -53,51 +53,51 @@
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notificaciones de controles o inspecciones reforzados</t>
   </si>
   <si>
     <t>22 febrero 2023</t>
   </si>
   <si>
-    <t>22 febrero 2026</t>
+    <t>30 junio 2027</t>
   </si>
   <si>
     <t>Sí</t>
   </si>
   <si>
     <t>WB, SECO, HELVETAS, IICA</t>
   </si>
   <si>
     <t>Establecimiento de sistema nacional de alertas tempranas sanitarias</t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC)</t>
   </si>
   <si>
     <t>5.3.1, 5.3.2, 5.3.3</t>
   </si>
   <si>
     <t>Procedimientos de prueba</t>
   </si>
   <si>
     <t>WB, SECO, HELVETAS</t>
   </si>
   <si>
     <t>Identificación de procedimientos en los que puedan efectuarse una segunda prueba</t>
   </si>