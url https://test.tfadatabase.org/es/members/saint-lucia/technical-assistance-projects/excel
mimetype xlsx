--- v0 (2025-10-21)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Medida</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t xml:space="preserve">Fecha indicativa de aplicación </t>
   </si>
   <si>
     <t>Fecha definitiva de aplicación</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
@@ -99,70 +99,73 @@
     <t>28 mayo 2021</t>
   </si>
   <si>
     <t>30 junio 2024</t>
   </si>
   <si>
     <t>WB</t>
   </si>
   <si>
     <t>•	Redactor jurídico para establecer un documento jurídico o administrativo que aborde esta medida.
 •	Asistencia técnica para desarrollar y administrar el sistema.</t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notificaciones de controles o inspecciones reforzados</t>
   </si>
   <si>
     <t>28 mayo 2025</t>
   </si>
   <si>
-    <t>31 diciembre 2025</t>
+    <t>30 junio 2027</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Asistencia jurídica y reglamentaria:
 •	Ley de Animales de Santa Lucía (Desplazamiento Nacional e Internacional y Prevención de Enfermedades)
 •	Ley de Protección de las Plantas
 Análisis de procesos empresariales:
 •	Establecimiento de esferas de responsabilidad y mecanismos claramente definidos para el desempeño de funciones y tareas conexas, por ejemplo, en relación con la validez de las pruebas de confirmación en todo el país y el proceso de notificación del componente en el país exportador.
 •	Elaboración y validación de un manual de procedimientos operativos normalizados de alerta de importaciones/alerta rápida en que figure una propuesta para la coordinación entre los organismos que intervienen en la frontera. Difusión del manual entre las instituciones interesadas, de ser posible por medio de un sitio web, con miras a aclarar las intervenciones respectivas de estas.
 Formación y creación de capacidad:
 •	Actividades de formación y creación de capacidad para someter a pruebas de confirmación a los productos que puedan ser objeto de alertas y alertas rápidas. Celebración de seminarios dirigidos a los agentes en relación con la organización de los procedimientos de inspección y seminarios dirigidos al personal técnico en relación con los laboratorios y la gestión de laboratorios, las normas, las prácticas y la utilización del equipo conforme a las normas internacionales. Organización de seminarios adicionales orientados a los operadores económicos.</t>
   </si>
   <si>
     <t>6.1.1, 6.1.2, 6.1.3, 6.1.4</t>
   </si>
   <si>
     <t>Disciplinas generales en materia de derechos y cargas</t>
+  </si>
+  <si>
+    <t>31 diciembre 2025</t>
   </si>
   <si>
     <t>31 diciembre 2030</t>
   </si>
   <si>
     <t>•	Examen de la Ley de Cargas por Servicios.</t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario</t>
   </si>
   <si>
     <t>6.2 (i), 6.2 (ii)</t>
   </si>
   <si>
     <t>Disciplinas específicas en materia de derechos y cargas</t>
   </si>
   <si>
     <t>7.4.1, 7.4.2, 7.4.3, 7.4.4</t>
   </si>
   <si>
     <t>Gestión de riesgo</t>
   </si>
   <si>
     <t>30 abril 2020</t>
   </si>
@@ -721,275 +724,275 @@
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
       <c r="J4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>6.1</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="I5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>6.2</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D6" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>28</v>
       </c>
       <c r="I6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>7.4</v>
       </c>
       <c r="B7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>28</v>
       </c>
       <c r="I7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>7.6</v>
       </c>
       <c r="B8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C8" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>7.7</v>
       </c>
       <c r="B9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>28</v>
       </c>
       <c r="I9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>7.9</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>28</v>
       </c>
       <c r="I10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>10.2</v>
       </c>
       <c r="B11" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D11" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>28</v>
       </c>
       <c r="I11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>10.4</v>
       </c>
       <c r="B12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D12" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">