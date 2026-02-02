--- v1 (2025-12-30)
+++ v2 (2026-02-02)
@@ -80,73 +80,73 @@
   <si>
     <t>Sí</t>
   </si>
   <si>
     <t>•	Formación del personal en prestación de servicios.
 •	Establecimiento de directrices que abarquen la totalidad del procedimiento (de la recepción de las solicitudes al envío de las respuestas a la parte solicitante).
 •	Elaboración y utilización de plantillas para la comunicación.
 •	Establecimiento de normas y procedimientos de control de calidad, incluidos plazos fijos para la presentación de respuestas.</t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Marco legislativo y reglamentario, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Resoluciones anticipadas</t>
   </si>
   <si>
     <t>28 mayo 2021</t>
   </si>
   <si>
     <t>30 junio 2024</t>
   </si>
   <si>
-    <t>WB</t>
+    <t>WB, WB</t>
   </si>
   <si>
     <t>•	Redactor jurídico para establecer un documento jurídico o administrativo que aborde esta medida.
 •	Asistencia técnica para desarrollar y administrar el sistema.</t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notificaciones de controles o inspecciones reforzados</t>
   </si>
   <si>
     <t>28 mayo 2025</t>
   </si>
   <si>
     <t>30 junio 2027</t>
   </si>
   <si>
-    <t>No</t>
+    <t>WB</t>
   </si>
   <si>
     <t>Asistencia jurídica y reglamentaria:
 •	Ley de Animales de Santa Lucía (Desplazamiento Nacional e Internacional y Prevención de Enfermedades)
 •	Ley de Protección de las Plantas
 Análisis de procesos empresariales:
 •	Establecimiento de esferas de responsabilidad y mecanismos claramente definidos para el desempeño de funciones y tareas conexas, por ejemplo, en relación con la validez de las pruebas de confirmación en todo el país y el proceso de notificación del componente en el país exportador.
 •	Elaboración y validación de un manual de procedimientos operativos normalizados de alerta de importaciones/alerta rápida en que figure una propuesta para la coordinación entre los organismos que intervienen en la frontera. Difusión del manual entre las instituciones interesadas, de ser posible por medio de un sitio web, con miras a aclarar las intervenciones respectivas de estas.
 Formación y creación de capacidad:
 •	Actividades de formación y creación de capacidad para someter a pruebas de confirmación a los productos que puedan ser objeto de alertas y alertas rápidas. Celebración de seminarios dirigidos a los agentes en relación con la organización de los procedimientos de inspección y seminarios dirigidos al personal técnico en relación con los laboratorios y la gestión de laboratorios, las normas, las prácticas y la utilización del equipo conforme a las normas internacionales. Organización de seminarios adicionales orientados a los operadores económicos.</t>
   </si>
   <si>
     <t>6.1.1, 6.1.2, 6.1.3, 6.1.4</t>
   </si>
   <si>
     <t>Disciplinas generales en materia de derechos y cargas</t>
   </si>
   <si>
     <t>31 diciembre 2025</t>
   </si>
   <si>
     <t>31 diciembre 2030</t>
   </si>
   <si>
     <t>•	Examen de la Ley de Cargas por Servicios.</t>
@@ -166,51 +166,51 @@
   <si>
     <t>Gestión de riesgo</t>
   </si>
   <si>
     <t>30 abril 2020</t>
   </si>
   <si>
     <t>•	Se requiere formación en la evaluación y gestión de riesgos para posibilitar la mejora de la determinación, el análisis, la evaluación y el tratamiento de riesgos.</t>
   </si>
   <si>
     <t>Diagnóstico y evaluación de necesidades, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>7.6.1, 7.6.2</t>
   </si>
   <si>
     <t>Plazos medios de levante</t>
   </si>
   <si>
     <t>28 julio 2028</t>
   </si>
   <si>
     <t>31 diciembre 2023</t>
   </si>
   <si>
-    <t>ICRF</t>
+    <t>ICRF, ICRF</t>
   </si>
   <si>
     <t>•	Elaboración de un documento jurídico o administrativo en que se traten los plazos medios de levante.
 •	Examen y actualización del marco jurídico y reglamentario a fin de posibilitar el flujo ininterrumpido de información y la coordinación entre las instituciones que participan en operaciones transfronterizas.
 Formación y creación de capacidad:
 •	Actividades de formación y creación de capacidad dirigidas a los organismos o el personal de los organismos interesados y a los operadores económicos para interpretar los resultados de los estudios.</t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Diagnóstico y evaluación de necesidades, Procedimientos institucionales, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>7.7.1, 7.7.2 (a) (i), 7.7.2 (a) (ii), 7.7.2 (a) (iii), 7.7.2 (a) (iv), 7.7.2 (b) (i), 7.7.2 (b) (ii), 7.7.3 (a), 7.7.3 (b), 7.7.3 (c), 7.7.3 (d), 7.7.3 (e), 7.7.3 (f), 7.7.3 (g), 7.7.4, 7.7.5, 7.7.6</t>
   </si>
   <si>
     <t>Operadores autorizados</t>
   </si>
   <si>
     <t>31 diciembre 2020</t>
   </si>
   <si>
     <t>29 diciembre 2026</t>
   </si>
   <si>
     <t>Una evaluación interna reveló que se necesitaba más tiempo y apoyo externo para desarrollar y poner en marcha un programa de operadores autorizados. Más concretamente, se debe seguir desarrollando el marco legislativo y reglamentario para tener en cuenta los nuevos procesos y procedimientos, así como la necesidad de acuerdos de reconocimiento mutuo. También se requiere asistencia externa para: i) desarrollar la capacidad de los funcionarios de aduanas; y ii) elaborar programas de sensibilización destinados a mejorar la cooperación entre posibles operadores en el intercambio de información confidencial de importancia crítica para el proceso y, en última instancia, mejorar la ejecución del programa.</t>
   </si>
@@ -229,51 +229,51 @@
   <si>
     <t>10.2.1, 10.2.2, 10.2.3</t>
   </si>
   <si>
     <t>Aceptación de copias</t>
   </si>
   <si>
     <t>•	Evaluación de diagnóstico de la existencia de legislación y políticas relativas a la aceptación de copias y la aplicación de estas por parte de todos los organismos reguladores que intervienen en las fronteras con miras a desarrollar y perfeccionar el instrumento adecuado de conformidad con las normas internacionales.</t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Diagnóstico y evaluación de necesidades</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Ventanilla única</t>
   </si>
   <si>
     <t>29 diciembre 2023</t>
   </si>
   <si>
     <t>30 diciembre 2026</t>
   </si>
   <si>
-    <t>CARICOM, Canadá</t>
+    <t>CARICOM, Canadá, WB, Trade Facilitation Agreement Facility, Canada-CARICOM EDI</t>
   </si>
   <si>
     <t>•	Formación, creación de capacidad y asistencia financiera para obtener el apoyo necesario en materia de tecnología de la información.</t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Recursos humanos y capacitación</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -704,137 +704,149 @@
       </c>
       <c r="J3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>5.1</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
       <c r="J4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>6.1</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>28</v>
       </c>
       <c r="I5" t="s">
         <v>34</v>
       </c>
       <c r="J5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>6.2</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>28</v>
       </c>
       <c r="I6" t="s">
         <v>34</v>
       </c>
       <c r="J6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>7.4</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>39</v>
       </c>
       <c r="D7" t="s">
         <v>40</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
         <v>28</v>
       </c>
       <c r="I7" t="s">
         <v>41</v>
       </c>
       <c r="J7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>7.6</v>
       </c>
       <c r="B8" t="s">
         <v>43</v>
       </c>
       <c r="C8" t="s">
         <v>44</v>
       </c>
       <c r="D8" t="s">
         <v>45</v>
       </c>
       <c r="E8" t="s">
         <v>46</v>
       </c>
@@ -852,108 +864,117 @@
       </c>
       <c r="J8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>7.7</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
         <v>52</v>
       </c>
       <c r="E9" t="s">
         <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
         <v>28</v>
       </c>
       <c r="I9" t="s">
         <v>54</v>
       </c>
       <c r="J9" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>7.9</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
       <c r="C10" t="s">
         <v>57</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
         <v>28</v>
       </c>
       <c r="I10" t="s">
         <v>58</v>
       </c>
       <c r="J10" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>10.2</v>
       </c>
       <c r="B11" t="s">
         <v>59</v>
       </c>
       <c r="C11" t="s">
         <v>60</v>
       </c>
       <c r="D11" t="s">
         <v>40</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
         <v>28</v>
       </c>
       <c r="I11" t="s">
         <v>61</v>
       </c>
       <c r="J11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>10.4</v>
       </c>
       <c r="B12" t="s">
         <v>63</v>
       </c>
       <c r="C12" t="s">
         <v>64</v>
       </c>
       <c r="D12" t="s">
         <v>65</v>
       </c>
       <c r="E12" t="s">
         <v>66</v>
       </c>