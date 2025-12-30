--- v0 (2025-10-19)
+++ v1 (2025-12-30)
@@ -12,132 +12,132 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Medida</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t xml:space="preserve">Fecha indicativa de aplicación </t>
   </si>
   <si>
     <t>Fecha definitiva de aplicación</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>1.1.1 (a), 1.1.1 (b), 1.1.1 (c), 1.1.1 (d), 1.1.1 (e), 1.1.1 (f), 1.1.1 (g), 1.1.1 (h), 1.1.1 (i), 1.1.1 (j)</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>30 junio 2018</t>
   </si>
   <si>
     <t>31 diciembre 2024</t>
   </si>
   <si>
     <t>Sí</t>
-  </si>
-[...1 lines deleted...]
-    <t>No</t>
   </si>
   <si>
     <t xml:space="preserve">•	Apoyo especializado para desarrollar un sistema de gestión de la información.
 •	Apoyo jurídico especializado para introducir modificaciones en las órdenes/leyes/reglamentos vigentes.
 </t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Marco legislativo y reglamentario</t>
   </si>
   <si>
     <t>1.2.1 (a), 1.2.1 (b), 1.2.1 (c), 1.2.2, 1.2.3</t>
   </si>
   <si>
     <t>Información disponible por medio de Internet</t>
   </si>
   <si>
     <t xml:space="preserve">•	Apoyo jurídico especializado para introducir modificaciones en las órdenes/leyes/reglamentos vigentes.
 •	Infraestructura de tecnología de la información y de las comunicaciones para los sistemas internos de gestión de la información, y para el mantenimiento y la mejora de los sitios web de los organismos.
 •	Infraestructura (software) para el portal de información comercial. 
 </t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Marco legislativo y reglamentario, Infraestructura y equipo</t>
   </si>
   <si>
     <t>1.3.1, 1.3.2, 1.3.3, 1.3.4</t>
   </si>
   <si>
     <t>Servicios de información</t>
   </si>
   <si>
     <t>30 junio 2023</t>
   </si>
   <si>
+    <t>WB</t>
+  </si>
+  <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	ICT infrastructure and technology for maintaining enquiry points.
 •	Staff capacity building on operating and maintaining enquiry points.
 </t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Marco legislativo y reglamentario, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>1.4 (a), 1.4 (b), 1.4 (c)</t>
   </si>
   <si>
     <t>Notificación</t>
   </si>
   <si>
     <t>31 diciembre 2025</t>
   </si>
   <si>
     <t>•	For Creation of an electronic single information management platform encompassing Official locations where in which the information has been published, Uniform resource locators of website of the TIP, enquiry points responsible for servicing enquires, enabling expeditious &amp; accurate flow of notifications.</t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC)</t>
   </si>
   <si>
     <t>2.1.1, 2.1.2, 2.1.3</t>
@@ -156,50 +156,53 @@
 •	Staff capacity building on developing procedures; managing notification and public comment on proposed laws and regulations.
 </t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Procedimientos institucionales, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>Consultas</t>
   </si>
   <si>
     <t>27 agosto 2024</t>
   </si>
   <si>
     <t xml:space="preserve">•	Apoyo especializado para desarrollar una estrategia para la celebración de consultas públicas.
 •	Capacitación del personal para elaborar una estrategia/política y un procedimiento de consultas, así como para celebrar consultas.
 </t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Resoluciones anticipadas</t>
   </si>
   <si>
     <t>31 diciembre 2018</t>
+  </si>
+  <si>
+    <t>ITC, BAsD, Trade Facilitation Agreement Facility</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Equipment/technology for upgrading the laboratory.
 </t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Infraestructura y equipo</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notificaciones de controles o inspecciones reforzados</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Expert support on the design and establishment of a notification system for enhanced controls or inspections.
 •	Staff capacity building on implementing a notification system for enhanced controls or inspections.
 •	ICT Infrastructure for establishing an automated notification system.
 </t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Marco legislativo y reglamentario, Infraestructura y equipo, Recursos humanos y capacitación</t>
   </si>
@@ -258,66 +261,72 @@
     <t>Marco legislativo y reglamentario</t>
   </si>
   <si>
     <t>7.4.1, 7.4.2, 7.4.3, 7.4.4</t>
   </si>
   <si>
     <t>Gestión de riesgo</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Expert support on the design and establishment of a risk management system.
 •	ICT Infrastructure and technology for an automated risk management system.
 •	Staff capacity building on implementing the risk management system.
 </t>
   </si>
   <si>
     <t>7.5.1, 7.5.2, 7.5.3, 7.5.4</t>
   </si>
   <si>
     <t>Auditoría posterior al despacho de aduana</t>
   </si>
   <si>
     <t>21 agosto 2024</t>
   </si>
   <si>
+    <t>BAsD</t>
+  </si>
+  <si>
     <t>7.6.1, 7.6.2</t>
   </si>
   <si>
     <t>Plazos medios de levante</t>
   </si>
   <si>
     <t>15 diciembre 2018</t>
   </si>
   <si>
     <t>•	Staff capacity building on designing, planning and implementing TRS.</t>
   </si>
   <si>
     <t>7.7.1, 7.7.2 (a) (i), 7.7.2 (a) (ii), 7.7.2 (a) (iii), 7.7.2 (a) (iv), 7.7.2 (b) (i), 7.7.2 (b) (ii), 7.7.3 (a), 7.7.3 (b), 7.7.3 (c), 7.7.3 (d), 7.7.3 (e), 7.7.3 (f), 7.7.3 (g), 7.7.4, 7.7.5, 7.7.6</t>
   </si>
   <si>
     <t>Operadores autorizados</t>
+  </si>
+  <si>
+    <t>USAID</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Staff capacity building on design, implementation and review of authorized trader scheme.
 </t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>7.9.1 (a), 7.9.1 (b), 7.9.2, 7.9.3, 7.9.4</t>
   </si>
   <si>
     <t>Mercancías perecederas</t>
   </si>
   <si>
     <t xml:space="preserve">•	Expert support on developing a coordination mechanism for relevant border agencies on prioritized examination of perishable goods.
 •	Advance testing facilities and technology.
 •	Staff capacity building on the use of advanced testing facilities and techniques.
 </t>
   </si>
   <si>
     <t>Infraestructura y equipo, Procedimientos institucionales, Recursos humanos y capacitación</t>
   </si>
   <si>
@@ -359,50 +368,53 @@
 •	Capacity building support to staff on the benefits of electronic documentation and processes.
 </t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Marco legislativo y reglamentario, Infraestructura y equipo, Recursos humanos y capacitación, Sensibilización</t>
   </si>
   <si>
     <t>10.3.1, 10.3.2</t>
   </si>
   <si>
     <t>Utilización de las normas internacionales</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Capacity building support to staff on the relevant international standards, testing procedures and international best practices.
 </t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Ventanilla única</t>
   </si>
   <si>
     <t>31 diciembre 2022</t>
+  </si>
+  <si>
+    <t>WB, BAsD, UNCTAD</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Expert support on developing a blueprint for the NSW.
 •	ICT Infrastructure for automation at each agency.
 •	ICT infrastructure for the NSW.
 •	Staff capacity building on implementing the NSW.
 </t>
   </si>
   <si>
     <t>12.1.1, 12.1.2, 12.2.1, 12.2.2, 12.3, 12.4.1 (a), 12.4.1 (b), 12.4.1 (c), 12.4.1 (d), 12.4.1 (e), 12.4.1 (f), 12.4.2, 12.5.1 (a), 12.5.1 (b), 12.5.1 (c), 12.5.1 (d), 12.5.1 (e), 12.5.1 (f), 12.5.2, 12.5.3, 12.6.1 (a), 12.6.1 (b), 12.6.1 (c), 12.6.1 (d), 12.6.1 (e), 12.6.2, 12.7.1 (a), 12.7.1 (b), 12.7.1 (c), 12.7.1 (d), 12.7.1 (e), 12.7.2, 12.8, 12.9.1, 12.9.2, 12.10 (a), 12.10 (b), 12.10 (c), 12.10 (d), 12.10 (e), 12.10 (f), 12.10 (g), 12.10 (h), 12.11.1 (a), 12.11.1 (b), 12.11.1 (c), 12.11.2, 12.12.1, 12.12.2</t>
   </si>
   <si>
     <t>Cooperación aduanera</t>
   </si>
   <si>
     <t>•	Expert support on developing a voluntary compliance regime.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
@@ -783,695 +795,731 @@
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2">
         <v>1.1</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I2" t="s">
         <v>15</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3">
         <v>1.2</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>13</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>1.3</v>
       </c>
       <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I4" t="s">
         <v>25</v>
       </c>
       <c r="J4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>1.4</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>29</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I5" t="s">
         <v>30</v>
       </c>
       <c r="J5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>2.1</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6" t="s">
         <v>33</v>
       </c>
       <c r="D6" t="s">
         <v>34</v>
       </c>
       <c r="E6" t="s">
         <v>35</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I6" t="s">
         <v>36</v>
       </c>
       <c r="J6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>2.2</v>
       </c>
       <c r="B7">
         <v>2.2</v>
       </c>
       <c r="C7" t="s">
         <v>38</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>39</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I7" t="s">
         <v>40</v>
       </c>
       <c r="J7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>3</v>
       </c>
       <c r="B8" t="s">
         <v>41</v>
       </c>
       <c r="C8" t="s">
         <v>42</v>
       </c>
       <c r="D8" t="s">
         <v>43</v>
       </c>
       <c r="E8" t="s">
         <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
       </c>
       <c r="I8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>5.1</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D9" t="s">
         <v>34</v>
       </c>
       <c r="E9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
         <v>24</v>
       </c>
-      <c r="F9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>5.3</v>
       </c>
       <c r="B10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C10" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D10" t="s">
         <v>34</v>
       </c>
       <c r="E10" t="s">
         <v>29</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
+        <v>24</v>
       </c>
       <c r="I10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>6.1</v>
       </c>
       <c r="B11" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
+        <v>24</v>
       </c>
       <c r="I11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J11" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>6.2</v>
       </c>
       <c r="B12" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C12" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D12" t="s">
         <v>43</v>
       </c>
       <c r="E12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
+        <v>24</v>
       </c>
       <c r="I12" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>7.3</v>
       </c>
       <c r="B13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D13" t="s">
         <v>43</v>
       </c>
       <c r="E13" t="s">
         <v>39</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I13" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J13" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>7.4</v>
       </c>
       <c r="B14" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C14" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
       <c r="E14" t="s">
         <v>29</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
+        <v>24</v>
       </c>
       <c r="I14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J14" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>7.5</v>
       </c>
       <c r="B15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D15" t="s">
         <v>43</v>
       </c>
       <c r="E15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H15" t="s">
+        <v>73</v>
       </c>
       <c r="I15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>7.6</v>
       </c>
       <c r="B16" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C16" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
+        <v>73</v>
       </c>
       <c r="I16" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="J16" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>7.7</v>
       </c>
       <c r="B17" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D17" t="s">
         <v>34</v>
       </c>
       <c r="E17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
+        <v>80</v>
       </c>
       <c r="I17" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="J17" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>7.9</v>
       </c>
       <c r="B18" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C18" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D18" t="s">
         <v>34</v>
       </c>
       <c r="E18" t="s">
         <v>13</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
+        <v>24</v>
       </c>
       <c r="I18" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="J18" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C19" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D19" t="s">
         <v>34</v>
       </c>
       <c r="E19" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I19" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="J19" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>10.1</v>
       </c>
       <c r="B20" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C20" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D20" t="s">
         <v>43</v>
       </c>
       <c r="E20" t="s">
         <v>35</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I20" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="J20" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>10.2</v>
       </c>
       <c r="B21" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D21" t="s">
         <v>43</v>
       </c>
       <c r="E21" t="s">
         <v>35</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I21" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="J21" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
         <v>10.3</v>
       </c>
       <c r="B22" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="D22" t="s">
         <v>34</v>
       </c>
       <c r="E22" t="s">
         <v>29</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I22" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="J22" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23">
         <v>10.4</v>
       </c>
       <c r="B23" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C23" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D23" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="E23" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H23" t="s">
+        <v>104</v>
       </c>
       <c r="I23" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="J23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24">
         <v>12</v>
       </c>
       <c r="B24" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C24" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="D24" t="s">
         <v>34</v>
       </c>
       <c r="E24" t="s">
         <v>29</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I24" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="J24" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">