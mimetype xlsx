--- v1 (2025-12-30)
+++ v2 (2026-02-02)
@@ -109,97 +109,97 @@
   <si>
     <t>Servicios de información</t>
   </si>
   <si>
     <t>30 junio 2023</t>
   </si>
   <si>
     <t>WB</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	ICT infrastructure and technology for maintaining enquiry points.
 •	Staff capacity building on operating and maintaining enquiry points.
 </t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Marco legislativo y reglamentario, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>1.4 (a), 1.4 (b), 1.4 (c)</t>
   </si>
   <si>
     <t>Notificación</t>
   </si>
   <si>
-    <t>31 diciembre 2025</t>
+    <t>10 octubre 2025</t>
   </si>
   <si>
     <t>•	For Creation of an electronic single information management platform encompassing Official locations where in which the information has been published, Uniform resource locators of website of the TIP, enquiry points responsible for servicing enquires, enabling expeditious &amp; accurate flow of notifications.</t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC)</t>
   </si>
   <si>
     <t>2.1.1, 2.1.2, 2.1.3</t>
   </si>
   <si>
     <t>Observaciones e información antes de la entrada en vigor</t>
   </si>
   <si>
     <t>31 diciembre 2020</t>
-  </si>
-[...1 lines deleted...]
-    <t>31 diciembre 2026</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Staff capacity building on developing procedures; managing notification and public comment on proposed laws and regulations.
 </t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Procedimientos institucionales, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>Consultas</t>
   </si>
   <si>
     <t>27 agosto 2024</t>
   </si>
   <si>
     <t xml:space="preserve">•	Apoyo especializado para desarrollar una estrategia para la celebración de consultas públicas.
 •	Capacitación del personal para elaborar una estrategia/política y un procedimiento de consultas, así como para celebrar consultas.
 </t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Resoluciones anticipadas</t>
   </si>
   <si>
     <t>31 diciembre 2018</t>
+  </si>
+  <si>
+    <t>31 diciembre 2025</t>
   </si>
   <si>
     <t>ITC, BAsD, Trade Facilitation Agreement Facility</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Equipment/technology for upgrading the laboratory.
 </t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Infraestructura y equipo</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notificaciones de controles o inspecciones reforzados</t>
   </si>
   <si>
     <t xml:space="preserve">•	Legal expert support on drafting legal amendments to existing ordinances/ acts/regulations.
 •	Expert support on the design and establishment of a notification system for enhanced controls or inspections.
 •	Staff capacity building on implementing a notification system for enhanced controls or inspections.
 •	ICT Infrastructure for establishing an automated notification system.
 </t>
   </si>
@@ -908,109 +908,109 @@
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="I5" t="s">
         <v>30</v>
       </c>
       <c r="J5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>2.1</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6" t="s">
         <v>33</v>
       </c>
       <c r="D6" t="s">
         <v>34</v>
       </c>
       <c r="E6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="I6" t="s">
         <v>35</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="I6" t="s">
+      <c r="J6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>2.2</v>
       </c>
       <c r="B7">
         <v>2.2</v>
       </c>
       <c r="C7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="I7" t="s">
         <v>39</v>
       </c>
-      <c r="F7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>3</v>
       </c>
       <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
         <v>41</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>42</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>44</v>
       </c>
       <c r="I8" t="s">
         <v>45</v>
       </c>
       <c r="J8" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>5.1</v>
       </c>
       <c r="B9" t="s">
         <v>47</v>
       </c>
       <c r="C9" t="s">
@@ -1091,144 +1091,144 @@
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>24</v>
       </c>
       <c r="I11" t="s">
         <v>57</v>
       </c>
       <c r="J11" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>6.2</v>
       </c>
       <c r="B12" t="s">
         <v>59</v>
       </c>
       <c r="C12" t="s">
         <v>60</v>
       </c>
       <c r="D12" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E12" t="s">
         <v>56</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>24</v>
       </c>
       <c r="I12" t="s">
         <v>61</v>
       </c>
       <c r="J12" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>7.3</v>
       </c>
       <c r="B13" t="s">
         <v>63</v>
       </c>
       <c r="C13" t="s">
         <v>64</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="I13" t="s">
         <v>65</v>
       </c>
       <c r="J13" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>7.4</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E14" t="s">
         <v>29</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>24</v>
       </c>
       <c r="I14" t="s">
         <v>69</v>
       </c>
       <c r="J14" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>7.5</v>
       </c>
       <c r="B15" t="s">
         <v>70</v>
       </c>
       <c r="C15" t="s">
         <v>71</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
         <v>72</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>73</v>
       </c>
       <c r="I15" t="s">
         <v>65</v>
       </c>
       <c r="J15" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>7.6</v>
       </c>
       <c r="B16" t="s">
@@ -1327,97 +1327,97 @@
       <c r="A19">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>87</v>
       </c>
       <c r="C19" t="s">
         <v>88</v>
       </c>
       <c r="D19" t="s">
         <v>34</v>
       </c>
       <c r="E19" t="s">
         <v>89</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="I19" t="s">
         <v>90</v>
       </c>
       <c r="J19" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>10.1</v>
       </c>
       <c r="B20" t="s">
         <v>91</v>
       </c>
       <c r="C20" t="s">
         <v>92</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="I20" t="s">
         <v>93</v>
       </c>
       <c r="J20" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>10.2</v>
       </c>
       <c r="B21" t="s">
         <v>94</v>
       </c>
       <c r="C21" t="s">
         <v>95</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E21" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="I21" t="s">
         <v>96</v>
       </c>
       <c r="J21" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
         <v>10.3</v>
       </c>
       <c r="B22" t="s">
         <v>98</v>
       </c>
       <c r="C22" t="s">
         <v>99</v>
       </c>
       <c r="D22" t="s">