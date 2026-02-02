--- v0 (2025-10-19)
+++ v1 (2026-02-02)
@@ -251,51 +251,51 @@
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Infraestructura y equipo, Procedimientos institucionales</t>
   </si>
   <si>
     <t>10.1.1 (a), 10.1.1 (b), 10.1.1 (c), 10.1.1 (d)</t>
   </si>
   <si>
     <t>Formalidades</t>
   </si>
   <si>
     <t>Need financial support to:
 •	Conduct studies and consultative meetings on formalities and documentation requirements; and
 •	Perform periodic review/analysis of formalities and documentation requirements with a view to simplification and reducing their numbers.</t>
   </si>
   <si>
     <t>Marco legislativo y reglamentario, Diagnóstico y evaluación de necesidades</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Ventanilla única</t>
   </si>
   <si>
-    <t>30 diciembre 2025</t>
+    <t>30 diciembre 2028</t>
   </si>
   <si>
     <t>AfDB</t>
   </si>
   <si>
     <t>There is a need for a support to:
 •	Acquire and put in place adequate facilities for single window;
 •	Upgrading ICT system for Other Government Departments to enable system integration with single window;
 •	Create awareness program, Change Management and training to users; and
 •	Develop mechanism for information sharing among border agencies.</t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Infraestructura y equipo, Procedimientos institucionales, Recursos humanos y capacitación, Sensibilización</t>
   </si>
   <si>
     <t>10.7.1, 10.7.2 (a), 10.7.2 (b), 10.7.2 (c), 10.7.2 (d), 10.7.2 (e)</t>
   </si>
   <si>
     <t>Procedimientos en frontera comunes</t>
   </si>
   <si>
     <t>There is a need for support to:
 •	Undertake study with a view to Harmonizing documentation requirements and procedures; and
 •	Build capacity and upgrading infrastructure at border posts.</t>
   </si>