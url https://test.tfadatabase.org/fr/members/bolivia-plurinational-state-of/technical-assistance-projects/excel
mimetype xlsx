--- v0 (2025-10-18)
+++ v1 (2026-02-02)
@@ -12,146 +12,152 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Mesure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Date indicative de mise en œuvre</t>
   </si>
   <si>
     <t>Date définitive de mise en œuvre</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Décisions anticipées</t>
   </si>
   <si>
     <t>31 décembre 2020</t>
   </si>
   <si>
     <t>22 août 2020</t>
   </si>
   <si>
     <t>Oui</t>
   </si>
   <si>
-    <t>Non</t>
+    <t>SECO, OMD</t>
   </si>
   <si>
     <t>Coopération et assistance technique pour la mise en oeuvre des décisions anticipées, ce qui nécessite:
 - de connaître le cadre procédural et les lignes directrices mis en place pour communiquer les décisions anticipées et vérifier qu'elles sont utilisées de manière appropriée;
 - de connaître les conséquences de ces décisions sur les plans juridique et de la réglementation; et
 - d'élaborer des règlements et des procédures, entre autres, relatifs à la mise en oeuvre, à la période d'application et à la révocation des décisions anticipées.</t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Ressources humaines et formation</t>
   </si>
   <si>
     <t>5.3.1, 5.3.2, 5.3.3</t>
   </si>
   <si>
     <t>Procédures d'essai</t>
   </si>
   <si>
     <t>31 décembre 2022</t>
   </si>
   <si>
     <t>Mise en place de centres d'inspection simultanée dotés de laboratoires d'essai pour le contrôle et la vérification des minéraux, de laboratoires phytosanitaires et de services de quarantaine, entre autres; mise en place de méthodes d'inspection des marchandises non intrusives.
 Montant estimatif de l'investissement: de 13 à 16 millions de $EU.
 Estimated investment: US$13-16 million.</t>
   </si>
   <si>
     <t>Infrastructure et equipment</t>
   </si>
   <si>
     <t>10.1.1 (a), 10.1.1 (b), 10.1.1 (c), 10.1.1 (d)</t>
   </si>
   <si>
     <t>Formalités</t>
   </si>
   <si>
     <t>31 décembre 2019</t>
   </si>
   <si>
     <t>Assistance technique et soutien pour la simplification et l'optimisation des processus et procédures du commerce extérieur afin d'éliminer les formalités inutiles et de garantir des processus clairs et transparents qui répondent aux objectifs d'efficacité, qui intègrent les procédures de gestion des risques et qui soient conformes aux normes et aux bonnes pratiques internationales.
 Montant estimatif de l'investissement: 1,25 million de $EU</t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Procédures institutionnelles</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Guichet unique</t>
+  </si>
+  <si>
+    <t>Non</t>
+  </si>
+  <si>
+    <t>BID</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -515,138 +521,144 @@
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>16</v>
       </c>
       <c r="J2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3">
         <v>5.3</v>
       </c>
       <c r="B3" t="s">
         <v>18</v>
       </c>
       <c r="C3" t="s">
         <v>19</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
         <v>13</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I3" t="s">
         <v>21</v>
       </c>
       <c r="J3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>10.1</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>25</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I4" t="s">
         <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>10.4</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>13</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="G5" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">