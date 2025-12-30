--- v0 (2025-10-18)
+++ v1 (2025-12-30)
@@ -1092,51 +1092,51 @@
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>15</v>
       </c>
       <c r="J15" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>10.2</v>
       </c>
       <c r="B16" t="s">
         <v>71</v>
       </c>
       <c r="C16" t="s">
         <v>72</v>
       </c>
       <c r="D16" t="s">
         <v>29</v>
       </c>
       <c r="E16" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="J16" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>10.4</v>
       </c>
       <c r="B17" t="s">
         <v>73</v>
       </c>
       <c r="C17" t="s">
         <v>74</v>
       </c>
       <c r="D17" t="s">
         <v>29</v>
       </c>
       <c r="E17" t="s">
@@ -1147,51 +1147,51 @@
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>54</v>
       </c>
       <c r="J17" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>10.6</v>
       </c>
       <c r="B18" t="s">
         <v>75</v>
       </c>
       <c r="C18" t="s">
         <v>76</v>
       </c>
       <c r="D18" t="s">
         <v>52</v>
       </c>
       <c r="E18" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="J18" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>12</v>
       </c>
       <c r="B19" t="s">
         <v>77</v>
       </c>
       <c r="C19" t="s">
         <v>78</v>
       </c>
       <c r="D19" t="s">
         <v>52</v>
       </c>
       <c r="E19" t="s">