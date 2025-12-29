--- v0 (2025-10-19)
+++ v1 (2025-12-29)
@@ -12,226 +12,244 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Mesure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Date indicative de mise en œuvre</t>
   </si>
   <si>
     <t>Date définitive de mise en œuvre</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>Procédures de recours ou de réexamen</t>
   </si>
   <si>
     <t>23 décembre 2021</t>
   </si>
   <si>
     <t>Oui</t>
-  </si>
-[...1 lines deleted...]
-    <t>Non</t>
   </si>
   <si>
     <t xml:space="preserve">Assistance technique pour:
 a)	connaître les bonnes pratiques des pays qui ont mis en œuvre la mesure;
 b)	effectuer un diagnostic technique et/ou juridique;
 c)	élaborer des propositions de normes.
 </t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Diagnostic et evaluation des besoins</t>
   </si>
   <si>
     <t>6.2 (i), 6.2 (ii)</t>
   </si>
   <si>
     <t xml:space="preserve">Disciplines spécifiques concernant les redevances et impositions </t>
   </si>
   <si>
+    <t>Non</t>
+  </si>
+  <si>
+    <t>WB, OMD</t>
+  </si>
+  <si>
     <t xml:space="preserve">Assistance technique pour:
 a)	connaître les bonnes pratiques concernant le recouvrement des redevances et impositions aux fins du traitement douanier imposées à l'importation et à l'exportation dans les pays qui ont mis en œuvre la mesure;
 b)	effectuer un diagnostic technique et/ou juridique;
 c)	élaborer des propositions de normes.
 </t>
   </si>
   <si>
     <t>7.7.1, 7.7.2 (a) (i), 7.7.2 (a) (ii), 7.7.2 (a) (iii), 7.7.2 (a) (iv), 7.7.2 (b) (i), 7.7.2 (b) (ii)</t>
   </si>
   <si>
     <t>Opérateurs agréés</t>
   </si>
   <si>
     <t>23 décembre 2022</t>
   </si>
   <si>
+    <t>États-Unis d'Amérique</t>
+  </si>
+  <si>
     <t xml:space="preserve">•	Assistance financière pour la fourniture de matériel et de logiciels.
 •	Assistance technique pour: a) former les ressources humaines des autorités présentes aux frontières; b) connaître les bonnes pratiques internationales; c) former et sensibiliser le secteur privé; d) créer des mécanismes informatiques pour la transmission anticipée et obligatoire des renseignements, y compris les déclarations de marchandises, les déclarations de transit et autres types de documents conformément à la législation; e) élaborer des propositions pour la reconnaissance mutuelle avec les systèmes d'autres pays.
 </t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Infrastructure et equipment, Ressources humaines et formation, Sensibilisation</t>
   </si>
   <si>
     <t>8.2 (a), 8.2 (b), 8.2 (c), 8.2 (d), 8.2 (e)</t>
   </si>
   <si>
     <t>Coopération entre les organismes présents aux frontières</t>
   </si>
   <si>
     <t>22 décembre 2021</t>
+  </si>
+  <si>
+    <t>BID, Union européenne, États-Unis d'Amérique</t>
   </si>
   <si>
     <t xml:space="preserve">•	Assistance technique pour connaître les meilleures pratiques des pays qui ont mis en œuvre des guichets uniques de contrôles conjoints à la frontière.
 •	Assistance financière pour la fourniture de matériel et de logiciels.
 •	Assistance technique pour le renforcement des ressources humaines des institutions présentes aux frontières.
 •	Assistance technique pour la formation et la sensibilisation du secteur privé.
 </t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Infrastructure et equipment, Ressources humaines et formation, Sensibilisation, Procédures institutionnelles</t>
   </si>
   <si>
     <t>10.2.1</t>
   </si>
   <si>
     <t>Acceptation de copies</t>
+  </si>
+  <si>
+    <t>BID</t>
   </si>
   <si>
     <t xml:space="preserve">Assistance technique et financière pour:
 o	Connaître les meilleures pratiques mises en œuvre par d'autres pays.
 o	Effectuer un diagnostic technique et/ou juridique.
 o	Proposition visant à inclure l'application de cette mesure dans le cadre juridique national.
 o	Diagnostic concernant les institutions présentes aux frontières afin de déterminer la capacité de mise en œuvre de logiciels qui permettent de stocker sous forme numérique les documents utilisés pour les opérations d'exportation, d'importation et de transit des marchandises.
 o	Adaptation des systèmes informatiques pour la mise en œuvre de la mesure.
 o	Acquisition de matériel informatique.
 o	Formation et sensibilisation du secteur privé.
 </t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Infrastructure et equipment, Diagnostic et evaluation des besoins, Sensibilisation</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Guichet unique</t>
   </si>
   <si>
     <t>22 décembre 2024</t>
   </si>
   <si>
+    <t>23 décembre 2027</t>
+  </si>
+  <si>
     <t xml:space="preserve">•	Assistance technique et financière pour la mise en œuvre de la Loi sur la signature électronique.
 •	Assistance technique pour le renforcement du guichet unique du Centre de traitement des importations et des exportations (CIEX).
 •	Assistance technique pour connaître les meilleures pratiques de l'OMD en matière de gestion du guichet unique.
 •	Assistance technique pour la formation des institutions publiques qui interagissent avec le guichet unique et pour les utilisateurs du secteur privé.
 </t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Ressources humaines et formation, Technologies de l’information et de la communication (TIC), Procédures institutionnelles, Sensibilisation</t>
   </si>
   <si>
     <t>10.5.2</t>
   </si>
   <si>
     <t>Inspection avant expédition</t>
   </si>
   <si>
     <t xml:space="preserve">Assistance technique pour:
 a)	connaître les bonnes pratiques des pays qui ont mis en œuvre la mesure;
 b)	effectuer un diagnostic technique/juridique.
 </t>
   </si>
   <si>
     <t xml:space="preserve">Transit </t>
   </si>
   <si>
     <t xml:space="preserve">•	Assistance technique pour connaître les bonnes pratiques des pays qui ont mis en œuvre la mesure.
 •	Assistance financière pour la fourniture de matériel et de logiciels.
 •	Assistance technique pour la formation des ressources humaines des autorités présentes aux frontières.
 </t>
   </si>
   <si>
     <t>Infrastructure et equipment, Technologies de l’information et de la communication (TIC), Ressources humaines et formation</t>
   </si>
   <si>
     <t>•	Assistance technique pour: a) connaître les bonnes pratiques des pays qui ont mis en œuvre la mesure; b) former les ressources humaines des autorités présentes aux frontières; c) effectuer un diagnostic technique/juridique.</t>
   </si>
   <si>
     <t>Diagnostic et evaluation des besoins, Ressources humaines et formation</t>
   </si>
   <si>
     <t>12.2.1, 12.2.2</t>
   </si>
   <si>
     <t>Coopération Douanière</t>
+  </si>
+  <si>
+    <t>BID, OMD, Union européenne</t>
   </si>
   <si>
     <t>•	Assistance technique et financière à l'innovation technologique dans les organismes participant au commerce extérieur pour l'interconnexion des systèmes informatiques entre les organismes, le guichet unique et les autres pays.</t>
   </si>
   <si>
     <t>Infrastructure et equipment, Technologies de l’information et de la communication (TIC)</t>
   </si>
   <si>
     <t>12.5.3</t>
   </si>
   <si>
     <t>•	Assistance technique pour: a) connaître les bonnes pratiques des pays qui ont mis en œuvre la mesure; b) étudier les réformes juridiques, les mécanismes et/ou les meilleures pratiques pour mettre en œuvre la mesure.</t>
   </si>
   <si>
     <t>12.6.1 (a), 12.6.1 (b), 12.6.1 (c), 12.6.1 (d), 12.6.1 (e), 12.6.2</t>
   </si>
   <si>
     <t>•	Assistance technique pour: a) connaître les bonnes pratiques des pays qui ont mis en œuvre la mesure; b) étudier les réformes juridiques, les mécanismes et/ou les meilleures pratiques pour la mise en œuvre de la mesure; c) évaluer les procédures actuelles et élaboration de propositions de procédures administratives pour leur application.</t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Diagnostic et evaluation des besoins, Procédures institutionnelles</t>
   </si>
   <si>
     <t>12.7.1 (a), 12.7.1 (b), 12.7.1 (c), 12.7.1 (d), 12.7.1 (e), 12.7.2</t>
   </si>
@@ -634,550 +652,601 @@
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2">
         <v>4</v>
       </c>
       <c r="B2">
         <v>4.6</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I2" t="s">
         <v>13</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3">
         <v>6.2</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="H3" t="s">
+        <v>18</v>
       </c>
       <c r="I3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="J3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>7.7</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H4" t="s">
+        <v>23</v>
       </c>
       <c r="I4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
       </c>
       <c r="I5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="J5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>10.2</v>
       </c>
       <c r="B6" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C6" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
       </c>
       <c r="I6" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="J6" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>10.4</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D7" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E7" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H7" t="s">
+        <v>23</v>
       </c>
       <c r="I7" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="J7" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>10.5</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H8" t="s">
+        <v>23</v>
       </c>
       <c r="I8" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="J8" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>11</v>
       </c>
       <c r="B9">
         <v>11.7</v>
       </c>
       <c r="C9" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H9" t="s">
+        <v>34</v>
       </c>
       <c r="I9" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="J9" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>11</v>
       </c>
       <c r="B10">
         <v>11.12</v>
       </c>
       <c r="C10" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H10" t="s">
+        <v>34</v>
       </c>
       <c r="I10" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="J10" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>11</v>
       </c>
       <c r="B11">
         <v>11.13</v>
       </c>
       <c r="C11" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D11" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H11" t="s">
+        <v>34</v>
       </c>
       <c r="I11" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="J11" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>12</v>
       </c>
       <c r="B12" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C12" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H12" t="s">
+        <v>53</v>
       </c>
       <c r="I12" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="J12" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H13" t="s">
+        <v>53</v>
       </c>
       <c r="I13" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="J13" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>12</v>
       </c>
       <c r="B14" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" t="s">
         <v>52</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H14" t="s">
+        <v>53</v>
       </c>
       <c r="I14" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="J14" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>12</v>
       </c>
       <c r="B15" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="C15" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H15" t="s">
+        <v>53</v>
       </c>
       <c r="I15" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="J15" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>12</v>
       </c>
       <c r="B16">
         <v>12.8</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H16" t="s">
+        <v>53</v>
       </c>
       <c r="I16" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="J16" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>12</v>
       </c>
       <c r="B17" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H17" t="s">
+        <v>53</v>
       </c>
       <c r="I17" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="J17" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>12</v>
       </c>
       <c r="B18" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H18" t="s">
+        <v>53</v>
       </c>
       <c r="I18" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="J18" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>12</v>
       </c>
       <c r="B19" t="s">
+        <v>66</v>
+      </c>
+      <c r="C19" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>12</v>
+      </c>
+      <c r="H19" t="s">
+        <v>53</v>
+      </c>
+      <c r="I19" t="s">
+        <v>65</v>
+      </c>
+      <c r="J19" t="s">
         <v>60</v>
-      </c>
-[...19 lines deleted...]
-        <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">