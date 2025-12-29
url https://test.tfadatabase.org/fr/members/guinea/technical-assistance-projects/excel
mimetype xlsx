--- v0 (2025-11-09)
+++ v1 (2025-12-29)
@@ -12,280 +12,271 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Mesure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Date indicative de mise en œuvre</t>
   </si>
   <si>
     <t>Date définitive de mise en œuvre</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>1.1.1 (a), 1.1.1 (b), 1.1.1 (c), 1.1.1 (d), 1.1.1 (e), 1.1.1 (f), 1.1.1 (g), 1.1.1 (h), 1.1.1 (i), 1.1.1 (j)</t>
   </si>
   <si>
     <t>Publication</t>
   </si>
   <si>
     <t>22 février 2025</t>
   </si>
   <si>
     <t>Oui</t>
   </si>
   <si>
     <t>Non</t>
   </si>
   <si>
-    <t xml:space="preserve">•	Reviewing and improving the existing legal framework.
+    <t>•	Reviewing and improving the existing legal framework.
 •	Training all relevant border agency officials to have a better understanding of international obligations, relevant domestic laws and roles and identification of the type of information that agencies need to publish.
 •	Developing standard operating procedures (SOPs) for publication.
 •	Setting up or identifying a central body to monitor and coordinate the publication of information and updates and the adoption of best practices.
-•	Developing and establishing a trade portal for publishing all information.
-</t>
+•	Developing and establishing a trade portal for publishing all information.</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Procédures institutionnelles</t>
   </si>
   <si>
     <t>1.2.1 (a), 1.2.1 (b), 1.2.1 (c), 1.2.2, 1.2.3</t>
   </si>
   <si>
     <t>Renseignements disponibles sur Internet</t>
   </si>
   <si>
-    <t xml:space="preserve">•	Preparing a manual of import/export/transit/appeal procedures for each relevant border agency, designing information forms and identifying the required documents.
+    <t>•	Preparing a manual of import/export/transit/appeal procedures for each relevant border agency, designing information forms and identifying the required documents.
 •	Identifying a central body to monitor and coordinate the publication of information and the adoption of best practices (may be the same body as for Article 1.1).
 •	IT Training for staff of the central body responsible for designing, developing and maintaining the websites that publish the information.
 •	Installing appropriate equipment and software systems for border agencies.
 •	Providing relevant training for border agencies and users.
 •	Producing a practical guide on import, export and transit procedures, and mobilizing resources to translate such procedures into the WTO languages and publish them online.
 •	Installing ICT infrastructure and providing ICT material, including website development and agency linkages.
 •	Raising public awareness of information available online.
 •	Developing a trade portal for publishing all information.
 •	Strengthening institutional capacities.
-•	Stakeholder consultations on the potential trade portal.
-</t>
+•	Stakeholder consultations on the potential trade portal.</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Infrastructure et equipment, Procédures institutionnelles, Ressources humaines et formation, Sensibilisation</t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Décisions anticipées</t>
   </si>
   <si>
-    <t xml:space="preserve">•	Developing specific and clear guidelines on procedures to implement and undertake advance rulings.
+    <t>•	Developing specific and clear guidelines on procedures to implement and undertake advance rulings.
 •	Training customs staff, brokers and importers on the procedures for advance ruling and its importance as well as how it will be implemented.
 •	Acquiring ICT infrastructure.
 •	Integrating advance rulings into automated customs systems.
-•	Raising awareness of the decision maker internally and externally.
-</t>
+•	Raising awareness of the decision maker internally and externally.</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Infrastructure et equipment, Sensibilisation</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notification de contrôles ou d'inspections renforcés</t>
   </si>
   <si>
     <t>31 décembre 2023</t>
   </si>
   <si>
-    <t xml:space="preserve">•	Legal and regulatory review to determine compliance with the provision.
+    <t>•	Legal and regulatory review to determine compliance with the provision.
 •	Analysing the business process: establishing roles and responsibilities for each structure and for all mechanisms used to carry out tasks, including the validity of confirmatory tests across the whole country and the process of notifying the component in the exporting country.
 •	Developing and validating a manual on standard operating procedures and making the manual available to the concerned institutions through a website with a view to clarifying their respective interventions.
 •	Training staff in the management of the formal notification system, including national and international best practices.
 •	Organizing focused seminars for economic operators.
 •	Building a globally accessible, instantaneous, ICT-based communication system linking the food safety authority, the National Agricultural Quarantine Inspection Authority and border posts (Ministries of Agriculture, Trade, Health, Livestock, Fisheries and the Environment, and customs authorities, etc.) that can be used to send notifications in the form of warnings and information alerts.
 •	Strengthening mechanisms for achieving the right to an appeal or review.
 •	Managing risk and developing quality metrology infrastructure and conformity assessment and test procedures.
 •	Capacity building with regard to standardization.
 •	Strengthening risk assessment bodies.
-•	Equipping the notification authority and the enquiry points with material information resources.
-</t>
+•	Equipping the notification authority and the enquiry points with material information resources.</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Infrastructure et equipment, Ressources humaines et formation</t>
   </si>
   <si>
     <t>7.6.1, 7.6.2</t>
   </si>
   <si>
     <t>Temps moyens nécessaires à la mainlevée</t>
   </si>
   <si>
-    <t xml:space="preserve">•	Putting in place systems to meet Trade Facilitation Agreement requirements to be able to regularly measure and publish average release times.
+    <t>•	Putting in place systems to meet Trade Facilitation Agreement requirements to be able to regularly measure and publish average release times.
 •	Developing procedures for regularly publishing and measuring average release times. 
 •	Conducting the Time Release Study and publishing the results.
-•	Holding a training workshop for the Time Release Study with all border agencies.
-</t>
+•	Holding a training workshop for the Time Release Study with all border agencies.</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Ressources humaines et formation</t>
   </si>
   <si>
     <t>8.1, 8.2 (a), 8.2 (b), 8.2 (c), 8.2 (d), 8.2 (e)</t>
   </si>
   <si>
     <t>Coopération entre les organismes présents aux frontières</t>
   </si>
   <si>
     <t>31 décembre 2024</t>
   </si>
   <si>
-    <t>31 décembre 2025</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">•	Reviewing the legal framework for cooperation among border agencies.
+    <t>31 décembre 2028</t>
+  </si>
+  <si>
+    <t>•	Reviewing the legal framework for cooperation among border agencies.
 •	Connecting the information systems for the different agencies.
 •	Holding a workshop to raise awareness among agencies involved in cooperation among border agencies.
-•	Providing training on inter-agency cooperation procedures.
-</t>
+•	Providing training on inter-agency cooperation procedures.</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Ressources humaines et formation, Sensibilisation</t>
   </si>
   <si>
     <t>10.3.1, 10.3.2</t>
   </si>
   <si>
     <t>Utilisation des normes internationales</t>
   </si>
   <si>
-    <t xml:space="preserve">•	Reviewing procedures, rules and regulations and bringing them into line with international conventions (regional and multilateral framework).
+    <t>31 décembre 2025</t>
+  </si>
+  <si>
+    <t>•	Reviewing procedures, rules and regulations and bringing them into line with international conventions (regional and multilateral framework).
 •	Participating in meetings on the development and updating of international standards.
-•	Transposing international standards into domestic legislation.
-</t>
+•	Transposing international standards into domestic legislation.</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Guichet unique</t>
   </si>
   <si>
-    <t xml:space="preserve">•	Creating a legal and regulatory framework for implementing the Single Window for Foreign Trade.
-[...1 lines deleted...]
-</t>
+    <t>31 décembre 2026</t>
+  </si>
+  <si>
+    <t>•	Creating a legal and regulatory framework for implementing the Single Window for Foreign Trade.
+•	Installing IT equipment.</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Infrastructure et equipment</t>
   </si>
   <si>
     <t>11.1 (a), 11.1 (b)</t>
   </si>
   <si>
     <t xml:space="preserve">Transit </t>
   </si>
   <si>
-    <t xml:space="preserve">•	Examen et, si nécessaire, modification des lois, réglementations, procédures et prescriptions en matière de documents requis.
+    <t>•	Examen et, si nécessaire, modification des lois, réglementations, procédures et prescriptions en matière de documents requis.
 •	Evaluation de l'impact des mesures appliquées au trafic en transit (impositions, réglementations, formalités) et s'assurer que les objectifs sont légitimes et que des solutions en faveur du commerce sont appliquées.
-•	Formation de toutes les parties prenantes.
-</t>
+•	Formation de toutes les parties prenantes.</t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Ressources humaines et formation</t>
   </si>
   <si>
-    <t xml:space="preserve">•	Examen de toutes les redevances de transit pour s'assurer qu'elles reflètent le coût des services rendus.
-[...1 lines deleted...]
-</t>
+    <t>•	Examen de toutes les redevances de transit pour s'assurer qu'elles reflètent le coût des services rendus.
+•	Renforcement du cadre juridique relatif au contrôle des moyens de transport et des marchandises en transit.</t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire</t>
   </si>
   <si>
-    <t xml:space="preserve">•	Examen et mise à jour des systèmes automatisés afin de disposer d'outils pour le contrôle des opérations de transit et la gestion des garanties relatives au transit.
-[...1 lines deleted...]
-</t>
+    <t>•	Examen et mise à jour des systèmes automatisés afin de disposer d'outils pour le contrôle des opérations de transit et la gestion des garanties relatives au transit.
+•	Formation des parties prenantes sur les directives de l'OMD sur le transit.</t>
   </si>
   <si>
     <t>11.6 (a), 11.6 (b), 11.7, 11.8, 11.9, 11.10</t>
   </si>
   <si>
     <t>Elaboration d'un système de garantie et, mise en place de procédures et d'outils pertinents pour le contrôle des opérations et la gestion automatisée des garanties.</t>
   </si>
   <si>
     <t>•	Elaboration d'un système de garantie et, mise en place de procédures et d'outils pertinents pour le contrôle des opérations et la gestion automatisée des garanties.</t>
-  </si>
-[...2 lines deleted...]
-•	Elaboration d'un système de garantie et, mise en place de procédures et d'outils pertinents pour le contrôle des opérations et la gestion automatisée des garanties.</t>
   </si>
   <si>
     <t>11.16 (a)</t>
   </si>
   <si>
     <t>•	Mise en œuvre des directives de l'OMD relatives à la facilitation des transits.</t>
   </si>
   <si>
     <t>11.16 (b), 11.16 (c)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -823,501 +814,501 @@
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="I7" t="s">
         <v>38</v>
       </c>
       <c r="J7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>10.3</v>
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="I8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J8" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>10.4</v>
       </c>
       <c r="B9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E9" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="I9" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="J9" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C10" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>37</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="I10" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J10" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>11</v>
       </c>
       <c r="B11">
         <v>11.2</v>
       </c>
       <c r="C11" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="I11" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
         <v>11.3</v>
       </c>
       <c r="C12" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="I12" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J12" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>11</v>
       </c>
       <c r="B13">
         <v>11.4</v>
       </c>
       <c r="C13" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="I13" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="J13" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>11</v>
       </c>
       <c r="B14">
         <v>11.5</v>
       </c>
       <c r="C14" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="I14" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="J14" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="I15" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="J15" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>11</v>
       </c>
       <c r="B16">
         <v>11.11</v>
       </c>
       <c r="C16" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="I16" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="J16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>11</v>
       </c>
       <c r="B17">
         <v>11.12</v>
       </c>
       <c r="C17" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>37</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="I17" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="J17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>11</v>
       </c>
       <c r="B18">
         <v>11.13</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
         <v>37</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="I18" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="J18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>11</v>
       </c>
       <c r="B19">
         <v>11.14</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>37</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="I19" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="J19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>11</v>
       </c>
       <c r="B20">
         <v>11.15</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
         <v>37</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="I20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="I21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J21" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
         <v>11</v>
       </c>
       <c r="B22" t="s">
+        <v>62</v>
+      </c>
+      <c r="C22" t="s">
+        <v>51</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>37</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="I22" t="s">
         <v>61</v>
       </c>
-      <c r="C22" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23">
         <v>11</v>
       </c>
       <c r="B23">
         <v>11.17</v>
       </c>
       <c r="C23" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
         <v>37</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="I23" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J23" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">