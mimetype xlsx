--- v1 (2025-12-29)
+++ v2 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Mesure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Date indicative de mise en œuvre</t>
   </si>
   <si>
     <t>Date définitive de mise en œuvre</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
@@ -235,57 +235,54 @@
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Ressources humaines et formation</t>
   </si>
   <si>
     <t>•	Examen de toutes les redevances de transit pour s'assurer qu'elles reflètent le coût des services rendus.
 •	Renforcement du cadre juridique relatif au contrôle des moyens de transport et des marchandises en transit.</t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire</t>
   </si>
   <si>
     <t>•	Examen et mise à jour des systèmes automatisés afin de disposer d'outils pour le contrôle des opérations de transit et la gestion des garanties relatives au transit.
 •	Formation des parties prenantes sur les directives de l'OMD sur le transit.</t>
   </si>
   <si>
     <t>11.6 (a), 11.6 (b), 11.7, 11.8, 11.9, 11.10</t>
   </si>
   <si>
     <t>Elaboration d'un système de garantie et, mise en place de procédures et d'outils pertinents pour le contrôle des opérations et la gestion automatisée des garanties.</t>
   </si>
   <si>
     <t>•	Elaboration d'un système de garantie et, mise en place de procédures et d'outils pertinents pour le contrôle des opérations et la gestion automatisée des garanties.</t>
   </si>
   <si>
-    <t>11.16 (a)</t>
+    <t>11.16 (a), 11.16 (b), 11.16 (c)</t>
   </si>
   <si>
     <t>•	Mise en œuvre des directives de l'OMD relatives à la facilitation des transits.</t>
-  </si>
-[...1 lines deleted...]
-    <t>11.16 (b), 11.16 (c)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -589,51 +586,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J23"/>
+  <dimension ref="A1:J22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1194,120 +1191,91 @@
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="I20" t="s">
         <v>59</v>
       </c>
       <c r="J20" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>11</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" t="s">
         <v>51</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="I21" t="s">
         <v>61</v>
       </c>
       <c r="J21" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
         <v>11</v>
       </c>
-      <c r="B22" t="s">
-        <v>62</v>
+      <c r="B22">
+        <v>11.17</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
         <v>37</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="I22" t="s">
         <v>61</v>
       </c>
       <c r="J22" t="s">
-        <v>55</v>
-[...27 lines deleted...]
-      <c r="J23" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>