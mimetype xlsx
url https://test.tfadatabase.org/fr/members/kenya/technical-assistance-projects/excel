--- v0 (2025-10-18)
+++ v1 (2025-12-14)
@@ -437,51 +437,51 @@
   </si>
   <si>
     <t xml:space="preserve">Soutien destiné:
 1.	à installer des incinérateurs modernes et d'autres types d'installations d'élimination; et
 2.	à examiner la politique et/ou le cadre juridique relatif aux marchandises refusées afin d'assurer la conformité avec les dispositions de l'AFE pertinentes.
 </t>
   </si>
   <si>
     <t>11.1 (a), 11.1 (b), 11.2, 11.3, 11.4, 11.5, 11.6 (a), 11.6 (b), 11.7, 11.8, 11.9, 11.10, 11.11, 11.12, 11.13, 11.14, 11.15, 11.16 (a), 11.16 (b), 11.16 (c), 11.17</t>
   </si>
   <si>
     <t xml:space="preserve">Transit </t>
   </si>
   <si>
     <t xml:space="preserve">Soutien destiné:
 1.	à renforcer le cadre juridique qui appuie la mise en œuvre du suivi des cargaisons;
 2.	à améliorer l'infrastructure du corridor de transit;
 3.	à simplifier les formalités, les procédures de documentation et les contrôles douaniers relatifs aux cargaisons en transit; et
 4.	à harmoniser le système de suivi électronique des marchandises de la CAE.
 </t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Infrastructure et equipment</t>
   </si>
   <si>
-    <t>12.1.1, 12.1.2, 12.2.1, 12.2.2, 12.5.1 (a), 12.5.1 (b), 12.5.1 (c), 12.5.1 (d), 12.5.1 (e), 12.5.1 (f), 12.5.2, 12.5.3, 12.6.1 (a), 12.6.1 (b), 12.6.1 (c), 12.6.1 (d), 12.6.1 (e), 12.6.2, 12.7.1 (a), 12.7.1 (b), 12.7.1 (c), 12.7.1 (d), 12.7.1 (e), 12.7.2, 12.8, 12.9.1, 12.9.2, 12.10 (a), 12.10 (b), 12.10 (c), 12.10 (d), 12.10 (e), 12.10 (f), 12.10 (g), 12.10 (h), 12.11.1 (a), 12.11.1 (b), 12.11.1 (c), 12.11.2, 12.12.1</t>
+    <t>12.1.1, 12.1.2, 12.2.1, 12.2.2, 12.5.1 (a), 12.5.1 (b), 12.5.1 (c), 12.5.1 (d), 12.5.1 (e), 12.5.1 (f), 12.5.2, 12.5.3, 12.6.1 (a), 12.6.1 (b), 12.6.1 (c), 12.6.1 (d), 12.6.1 (e), 12.6.2, 12.7.1 (a), 12.7.1 (b), 12.7.1 (c), 12.7.1 (d), 12.7.1 (e), 12.7.2, 12.8, 12.9.1, 12.9.2, 12.10 (a), 12.10 (b), 12.10 (c), 12.10 (d), 12.10 (e), 12.10 (f), 12.10 (g), 12.10 (h), 12.11.1 (a), 12.11.1 (b), 12.11.1 (c), 12.11.2</t>
   </si>
   <si>
     <t>Coopération Douanière</t>
   </si>
   <si>
     <t xml:space="preserve">Soutien destiné:
 1.	à renforcer les capacités de l'administration douanière du Kenya en ce qui concerne la coopération avec les autres autorités douanières; et
 2.	à examiner le droit douanier de la CAE pour assurer le respect des dispositions de cet article.
 </t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Ressources humaines et formation</t>
   </si>
   <si>
     <t>12.4.1 (a), 12.4.1 (b), 12.4.1 (c), 12.4.1 (d), 12.4.1 (e), 12.4.1 (f), 12.4.2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>