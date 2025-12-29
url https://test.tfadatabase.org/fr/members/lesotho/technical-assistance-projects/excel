--- v0 (2025-10-21)
+++ v1 (2025-12-29)
@@ -53,99 +53,99 @@
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>1.2.1 (a), 1.2.1 (b), 1.2.1 (c), 1.2.2, 1.2.3</t>
   </si>
   <si>
     <t>Renseignements disponibles sur Internet</t>
   </si>
   <si>
     <t>31 décembre 2019</t>
   </si>
   <si>
-    <t>31 décembre 2025</t>
+    <t>31 décembre 2028</t>
   </si>
   <si>
     <t>Oui</t>
   </si>
   <si>
     <t>WB</t>
   </si>
   <si>
     <t xml:space="preserve">•	Soutien pour la mise à niveau progressive du portail commercial du Lesotho afin de permettre la publication de la réglementation commerciale actuelle, y compris mais pas seulement les procédures administratives, les organismes à consulter, les résultats ou réalisations, les formulaires, les prescriptions, les licences, les permis, les sanctions applicables en cas de violation, les redevances applicables, la durée de chaque procédure, ainsi que la législation sur laquelle chaque procédure repose et de son contenu.
 •	Assistance technique pour l'établissement d'une interface conviviale exposant clairement les procédures d'importation et d'exportation pour chaque produit.
 •	Campagnes de sensibilisation (formation et communication) pour promouvoir l'utilisation du portail commercial du Lesotho.
 •	Renforcement des capacités pour assurer la mise à jour et le développement du portail commercial du Lesotho.
 •	Accords de service prévoyant une procédure de révision et la fourniture de renseignements mis à jour par les organismes.
 </t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Ressources humaines et formation, Sensibilisation</t>
   </si>
   <si>
     <t>1.3.1, 1.3.2, 1.3.3, 1.3.4</t>
   </si>
   <si>
     <t>Points d'information</t>
   </si>
   <si>
     <t>31 décembre 2021</t>
   </si>
   <si>
-    <t>31 décembre 2028</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">•	Élargissement des points d'information pour qu'ils englobent d'autres organismes, en plus du Ministère du commerce et de l'industrie, du Ministère de l'agriculture et de la sécurité alimentaire (MAFS) et de l'Administration fiscale du Lesotho.
 •	Renforcement du Comité SPS grâce au développement du mandat et de la formation.
 •	Renforcement des capacités pour la mise en place et le fonctionnement des points d'information.
 •	Coordination et suivi (sous forme électronique) des services pour tous les points d'information.
 </t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Ressources humaines et formation</t>
   </si>
   <si>
     <t>4.1 (a), 4.1 (b), 4.2, 4.3, 4.4 (a), 4.4 (b), 4.4 end paragraph, 4.5, 4.6</t>
   </si>
   <si>
     <t>Procédures de recours ou de réexamen</t>
   </si>
   <si>
     <t>31 décembre 2023</t>
+  </si>
+  <si>
+    <t>31 décembre 2025</t>
   </si>
   <si>
     <t xml:space="preserve">•	Soutien pour l'examen des projets de loi.
 •	Mise en place de l'organe d'arbitrage de l'Administration fiscale du Lesotho, y compris le renforcement de ses capacités.
 •	Renforcement des capacités pour l'application des procédures de recours.
 </t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Ressources humaines et formation</t>
   </si>
   <si>
     <t>5.3.1, 5.3.2, 5.3.3</t>
   </si>
   <si>
     <t>Procédures d'essai</t>
   </si>
   <si>
     <t>31 décembre 2035</t>
   </si>
   <si>
     <t>IAEA, FAO</t>
   </si>
   <si>
     <t xml:space="preserve">•	Soutien pour l'élaboration de paramètres d'essai et l'accréditation des laboratoires vétérinaires.
 •	Infrastructure TIC (création de réseaux, automatisation, Internet à haut débit).
@@ -802,481 +802,481 @@
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>16</v>
       </c>
       <c r="J2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3">
         <v>1.3</v>
       </c>
       <c r="B3" t="s">
         <v>18</v>
       </c>
       <c r="C3" t="s">
         <v>19</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G3" t="s">
+        <v>14</v>
+      </c>
+      <c r="I3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="I3" t="s">
+      <c r="J3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>4</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>25</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>5.3</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>32</v>
       </c>
       <c r="I5" t="s">
         <v>33</v>
       </c>
       <c r="J5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>7.1</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
       <c r="C6" t="s">
         <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E6" t="s">
         <v>37</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>15</v>
       </c>
       <c r="I6" t="s">
         <v>38</v>
       </c>
       <c r="J6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>7.3</v>
       </c>
       <c r="B7" t="s">
         <v>40</v>
       </c>
       <c r="C7" t="s">
         <v>41</v>
       </c>
       <c r="D7" t="s">
+        <v>25</v>
+      </c>
+      <c r="E7" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="I7" t="s">
         <v>42</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>7.4</v>
       </c>
       <c r="B8" t="s">
         <v>43</v>
       </c>
       <c r="C8" t="s">
         <v>44</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
         <v>45</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>15</v>
       </c>
       <c r="I8" t="s">
         <v>46</v>
       </c>
       <c r="J8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>7.5</v>
       </c>
       <c r="B9" t="s">
         <v>47</v>
       </c>
       <c r="C9" t="s">
         <v>48</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
         <v>13</v>
       </c>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="I9" t="s">
         <v>49</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>7.6</v>
       </c>
       <c r="B10" t="s">
         <v>50</v>
       </c>
       <c r="C10" t="s">
         <v>51</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
         <v>52</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>53</v>
       </c>
       <c r="I10" t="s">
         <v>54</v>
       </c>
       <c r="J10" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>7.7</v>
       </c>
       <c r="B11" t="s">
         <v>56</v>
       </c>
       <c r="C11" t="s">
         <v>57</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>58</v>
       </c>
       <c r="I11" t="s">
         <v>59</v>
       </c>
       <c r="J11" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>7.8</v>
       </c>
       <c r="B12" t="s">
         <v>61</v>
       </c>
       <c r="C12" t="s">
         <v>62</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E12" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>63</v>
       </c>
       <c r="I12" t="s">
         <v>64</v>
       </c>
       <c r="J12" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>7.9</v>
       </c>
       <c r="B13" t="s">
         <v>66</v>
       </c>
       <c r="C13" t="s">
         <v>67</v>
       </c>
       <c r="D13" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E13" t="s">
         <v>31</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="I13" t="s">
         <v>68</v>
       </c>
       <c r="J13" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>69</v>
       </c>
       <c r="C14" t="s">
         <v>70</v>
       </c>
       <c r="D14" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>31</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>15</v>
       </c>
       <c r="I14" t="s">
         <v>71</v>
       </c>
       <c r="J14" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>10.1</v>
       </c>
       <c r="B15" t="s">
         <v>73</v>
       </c>
       <c r="C15" t="s">
         <v>74</v>
       </c>
       <c r="D15" t="s">
+        <v>25</v>
+      </c>
+      <c r="E15" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>75</v>
       </c>
       <c r="I15" t="s">
         <v>76</v>
       </c>
       <c r="J15" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>10.3</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
         <v>78</v>
       </c>
       <c r="D16" t="s">
+        <v>26</v>
+      </c>
+      <c r="E16" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>75</v>
       </c>
       <c r="I16" t="s">
         <v>79</v>
       </c>
       <c r="J16" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>10.4</v>
       </c>
       <c r="B17" t="s">
         <v>80</v>
       </c>
       <c r="C17" t="s">
         <v>81</v>
       </c>
       <c r="D17" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
         <v>31</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>15</v>
       </c>
       <c r="I17" t="s">
         <v>82</v>
       </c>
       <c r="J17" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>10.7</v>
       </c>
       <c r="B18" t="s">
@@ -1296,109 +1296,109 @@
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>15</v>
       </c>
       <c r="I18" t="s">
         <v>86</v>
       </c>
       <c r="J18" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>10.8</v>
       </c>
       <c r="B19" t="s">
         <v>87</v>
       </c>
       <c r="C19" t="s">
         <v>88</v>
       </c>
       <c r="D19" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E19" t="s">
         <v>13</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="I19" t="s">
         <v>89</v>
       </c>
       <c r="J19" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>10.9</v>
       </c>
       <c r="B20" t="s">
         <v>90</v>
       </c>
       <c r="C20" t="s">
         <v>91</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="I20" t="s">
         <v>92</v>
       </c>
       <c r="J20" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>12</v>
       </c>
       <c r="B21" t="s">
         <v>93</v>
       </c>
       <c r="C21" t="s">
         <v>94</v>
       </c>
       <c r="D21" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E21" t="s">
         <v>37</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>95</v>
       </c>
       <c r="I21" t="s">
         <v>96</v>
       </c>
       <c r="J21" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">