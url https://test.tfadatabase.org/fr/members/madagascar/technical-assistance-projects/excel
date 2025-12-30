--- v0 (2025-10-18)
+++ v1 (2025-12-30)
@@ -12,92 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Mesure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Date indicative de mise en œuvre</t>
   </si>
   <si>
     <t>Date définitive de mise en œuvre</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>1.1.1 (a), 1.1.1 (b), 1.1.1 (c), 1.1.1 (d), 1.1.1 (e), 1.1.1 (f), 1.1.1 (g), 1.1.1 (h), 1.1.1 (i), 1.1.1 (j)</t>
   </si>
   <si>
     <t>Publication</t>
   </si>
   <si>
     <t>31 décembre 2021</t>
   </si>
   <si>
-    <t>30 avril 2024</t>
+    <t>31 décembre 2026</t>
   </si>
   <si>
     <t>Oui</t>
   </si>
   <si>
     <t>AfDB</t>
   </si>
   <si>
     <t>-	Cadre juridique pour la publication des informations relatives aux procédures d’import/export
 -	Formation des techniciens sur les procédures de publication en ligne
 -	Dotation en connexion internet très haut débit chaque ministère et agences de contrôle et le Secrétariat Permanent du CNFE
 -	Fourniture de matériels de mise en réseau des ministères et agences de contrôles et d’inspection</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Infrastructure et equipment, Ressources humaines et formation</t>
   </si>
   <si>
     <t>1.2.1 (a), 1.2.1 (b), 1.2.1 (c), 1.2.2, 1.2.3</t>
   </si>
   <si>
     <t>Renseignements disponibles sur Internet</t>
   </si>
   <si>
     <t>-	Cadre juridique relatif à la création et fonctionnement du portail et la mise en place de la base de données
 -	Mise en place de la base de données de tarifs intégrés et du Portail d’information commerciale
@@ -129,79 +129,76 @@
 -	Maintenance des matériels NTIC obtenus</t>
   </si>
   <si>
     <t>1.4 (a), 1.4 (b), 1.4 (c)</t>
   </si>
   <si>
     <t>Notification</t>
   </si>
   <si>
     <t>-	Renforcement de capacités du Secrétariat Permanent du CNFE en matière de notification
 -	Dotation de matériels NTIC au Secrétariat Permanent du CNFE pour collecter, centraliser et envoyer les notifications et sensibiliser les départements concernés</t>
   </si>
   <si>
     <t>Infrastructure et equipment, Ressources humaines et formation</t>
   </si>
   <si>
     <t>2.1.1, 2.1.2, 2.1.3</t>
   </si>
   <si>
     <t>Observations et renseignements avant l'entrée en vigueur</t>
   </si>
   <si>
     <t>31 décembre 2023</t>
   </si>
   <si>
-    <t>31 décembre 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>-	Mise en place d’un mécanisme efficient en ligne ou par messagerie téléphonique de consultation préalable afin de pouvoir réagir à un projet de lois ou de textes règlementaires qui touchent à l’export et import avant leurs entrées en vigueur
 -	Cadre juridique pour la mise en place du mécanisme
 -	Sensibilisation des opérateurs sur l’utilisation du mécanisme.
 -	Mise en place d’une équipe qualifiée et équipée de call center pour collecter, traiter et répondre aux demandes d’observation</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Ressources humaines et formation</t>
   </si>
   <si>
     <t>Consultations</t>
   </si>
   <si>
     <t>-	Soutien à l’élaboration de cadre règlementaire pour mettre en place un mécanisme de consultation
 -	Appui logistique et technique des réunions de concertation du CNFE</t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Ressources humaines et formation</t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Décisions anticipées</t>
   </si>
   <si>
-    <t>31 décembre 2022</t>
+    <t>31 décembre 2025</t>
   </si>
   <si>
     <t>GATF</t>
   </si>
   <si>
     <t>-	Benchmarking pour apprécier les meilleures pratiques en matière de décisions anticipées
 -	Alignement des règlementations nationales avec les normes et bonnes pratiques internationales
 -	Révision du cadre juridique
 -	Mise en place d'une infrastructure efficace pour l’application de la décision anticipée à Madagascar en matière d’Origine et de Classement tarifaire
 -	Mise en place de cadre règlementaire en matière de décisions anticipées
 -	Formation et sensibilisation des opérateurs et autorités concernées sur l’application des décisions anticipées</t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Infrastructure et equipment, Ressources humaines et formation</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notification de contrôles ou d'inspections renforcés</t>
   </si>
   <si>
     <t>31 décembre 2035</t>
   </si>
   <si>
@@ -224,53 +221,50 @@
 -	Modernisation de l'infrastructure concernant les TIC du Bureau des normes de Madagascar
 -	Services logiciels spécialisés pour le nouveau laboratoire- Mise en place d'un système de contrôles renforcés et informatisé à l'export
 -	Mise en place d'un système d'alerte rapide à l'importation
 -	Appui à l’accréditation des laboratoires d’essai
 -	Laboratoire pour les technologies relatives aux produits alimentaires au Ministère de l'industrie agroalimentaire et de la sécurité alimentaire
 -	Modernisation des laboratoires pour la santé animale, notamment l'infrastructure et les équipements au Ministère de l'industrie agroalimentaire
 -	Fourniture d'équipements pour les essais de produits alimentaires rapides et d'éléments utilisables pour la prise de décisions sur le terrain, en ce qui concerne la mainlevée pour les cargaisons de produits alimentaires au Ministère de la santé et de la qualité de vie
 -	Renforcement des installations de diagnostic concernant les parasites et les maladies au Ministère de l'industrie agroalimentaire et de la sécurité alimentaire
 -	Fourniture de laboratoires certifiés mobiles
 -	Laboratoire national des résidus chimiques et biologiques au moyen de l'acquisition d'équipements, de matériel et de réactifs, renforcement de la mise en œuvre des méthodes de diagnostic, de la formation du personnel et des infrastructures des laboratoires
 -	Services de logiciels spécialisés pour la surveillance des maladies au Ministère de l'industrie agroalimentaire et de la sécurité alimentaire
 -	Formation et renforcement des capacités des agents du Bureau des normes de Madagascar pour les procédures d'essai ainsi que les techniciens/chercheurs de laboratoires
 -	Benchmarking pour apprécier les meilleures pratiques
 -	Sensibilisations de toutes les parties prenantes sur les procédures et règlementations relatives aux procédures d’essai</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Infrastructure et equipment, Ressources humaines et formation, Sensibilisation</t>
   </si>
   <si>
     <t>6.1.1, 6.1.2, 6.1.3, 6.1.4</t>
   </si>
   <si>
     <t xml:space="preserve">Disciplines générales concernant les redevances et impositions </t>
   </si>
   <si>
-    <t>31 décembre 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Recrutement de cabinet de consultant pour :
 -	Recensement et analyse des écarts des cadres juridiques et procédures existants sur les redevances et impositions
 -	Mis à jour et harmonisation du cadre juridique et procédures selon les résultats de l'analyse mentionnée ci-dessus
 -	Elaboration du cadre institutionnel de concertation et de coordination de toutes les parties prenantes relatives à l’article 6.1.
 -	Recensement des besoins en infrastructure et en formation des parties prenantes liées à l’article 6.1
 -	Benchmarking pour apprécier les meilleures pratiques en matière de coordination des parties prenantes dans le cadre institutionnel lié à la transparence des redevances et impositions imposées à l’importation et l’exportation
 -	Sensibilisation et communication sur les réglementations et procédures liées à l’article 6.1
 -	Constitution et formation d’une équipe technique de personnes ressources qualifiées pour gérer les points d’information par entité concernée
 -	Fourniture d’équipements informatiques, immobiliers et mobiliers à l’équipe dédiée</t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Infrastructure et equipment, Diagnostic et evaluation des besoins, Procédures institutionnelles, Sensibilisation</t>
   </si>
   <si>
     <t>6.2 (i), 6.2 (ii)</t>
   </si>
   <si>
     <t xml:space="preserve">Disciplines spécifiques concernant les redevances et impositions </t>
   </si>
   <si>
     <t>Recrutement de cabinet de consultant pour :
 -	Recensement et analyse des écarts des cadres juridiques et procédures existants sur les redevances et impositions lié à la douane
 -	Conception et harmonisation du cadre juridique et procédures lié à la douane en vue d’élaboration d’une politique nationale
 -	Recensement des besoins en infrastructure et en formation de chaque secteur aux frontières concerné à la mise en œuvre de l’article 6.2
 -	Benchmarking de bonne pratique dans le domaine de redevances et impositions aux fins du traitement douanier en collaboration avec les autres entités impliquées
@@ -461,82 +455,82 @@
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Guichet unique</t>
   </si>
   <si>
     <t>-	Benchmarking de pays ayant un Guichet Unique Electronique National fonctionnel et efficace
 -	Ancrage institutionnel du Guichet Unique Electronique National
 -	Appui technique, financier pour l’établissement et l’opérationnalisation du Guichet Unique Electronique National
 -	Renforcement de capacité des gestionnaires du Guichet Unique Electronique National
 -	Sensibilisation des opérateurs sur l’utilisation du Guichet Unique Electronique National
 -	Maintenance et suivi du Guichet Unique Electronique National
 -	Appui aux activités du groupe de travail du CNFE sur le Guichet Unique Electronique National</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Procédures institutionnelles, Sensibilisation</t>
   </si>
   <si>
     <t>10.6.1, 10.6.2, 10.6.3</t>
   </si>
   <si>
     <t>Recours aux courtiers en douane</t>
   </si>
   <si>
-    <t>31 décembre 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>-	Alignement des règlementations nationales avec les normes et bonnes pratiques internationales
 -	Révision du cadre juridique</t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire</t>
   </si>
   <si>
     <t>10.7.1, 10.7.2 (a), 10.7.2 (b), 10.7.2 (c), 10.7.2 (d), 10.7.2 (e)</t>
   </si>
   <si>
     <t>Procédures communes à la frontière</t>
   </si>
   <si>
     <t>-	Benchmarking des pays qui ont de meilleures pratiques en matière de gestion coordonnée des frontières
 -	Révision du cadre juridique en matière de procédures et prescriptions en matière de documents requis à la frontière et harmonisation des règlementations des autorités aux frontières
 -	Formation des agents aux frontières normes à appliquer en matière de gestion coordonnées des frontières
 -	Sensibilisation des parties prenantes sur les règlementations et procédures à la frontière</t>
   </si>
   <si>
     <t>11.1 (a), 11.1 (b), 11.2, 11.3, 11.4, 11.5, 11.6 (a), 11.6 (b), 11.7, 11.8, 11.9, 11.10, 11.11, 11.12, 11.13, 11.14, 11.15, 11.16 (a), 11.16 (b), 11.16 (c), 11.17</t>
   </si>
   <si>
     <t xml:space="preserve">Transit </t>
   </si>
   <si>
-    <t>Renforcement de capacité pour les agents des douanes sur la gestion et le suivi de transit.</t>
-[...2 lines deleted...]
-    <t>Ressources humaines et formation</t>
+    <t>31 octobre 2025</t>
+  </si>
+  <si>
+    <t>To be determined.</t>
+  </si>
+  <si>
+    <t>Á déterminer</t>
   </si>
   <si>
     <t>12.1.1, 12.1.2, 12.2.1, 12.2.2, 12.3, 12.4.1 (a), 12.4.1 (b), 12.4.1 (c), 12.4.1 (d), 12.4.1 (e), 12.4.1 (f), 12.4.2, 12.5.1 (a), 12.5.1 (b), 12.5.1 (c), 12.5.1 (d), 12.5.1 (e), 12.5.1 (f), 12.5.2, 12.5.3, 12.6.1 (a), 12.6.1 (b), 12.6.1 (c), 12.6.1 (d), 12.6.1 (e), 12.6.2, 12.7.1 (a), 12.7.1 (b), 12.7.1 (c), 12.7.1 (d), 12.7.1 (e), 12.7.2, 12.8, 12.9.1, 12.9.2, 12.10 (a), 12.10 (b), 12.10 (c), 12.10 (d), 12.10 (e), 12.10 (f), 12.10 (g), 12.10 (h), 12.11.1 (a), 12.11.1 (b), 12.11.1 (c), 12.11.2, 12.12.1, 12.12.2</t>
   </si>
   <si>
     <t>Coopération Douanière</t>
   </si>
   <si>
     <t>- Assistance technique dans la mise en place du nCEN (Réseau douanier national de lutte contre la fraude) ainsi que les infrastructures nécessaires</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Infrastructure et equipment</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1028,768 +1022,768 @@
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>2.1</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>
       <c r="C6" t="s">
         <v>30</v>
       </c>
       <c r="D6" t="s">
         <v>31</v>
       </c>
       <c r="E6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="I6" t="s">
         <v>32</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="I6" t="s">
+      <c r="J6" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>2.2</v>
       </c>
       <c r="B7">
         <v>2.2</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>13</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="I7" t="s">
+        <v>35</v>
+      </c>
+      <c r="J7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>3</v>
       </c>
       <c r="B8" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D8" t="s">
         <v>31</v>
       </c>
       <c r="E8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
         <v>40</v>
       </c>
-      <c r="F8" t="s">
-[...5 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>41</v>
       </c>
-      <c r="I8" t="s">
+      <c r="J8" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>5.1</v>
       </c>
       <c r="B9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D9" t="s">
         <v>31</v>
       </c>
       <c r="E9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="I9" t="s">
         <v>46</v>
       </c>
-      <c r="F9" t="s">
-[...5 lines deleted...]
-      <c r="I9" t="s">
+      <c r="J9" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>5.3</v>
       </c>
       <c r="B10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C10" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D10" t="s">
         <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="I10" t="s">
+        <v>50</v>
+      </c>
+      <c r="J10" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>6.1</v>
       </c>
       <c r="B11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C11" t="s">
         <v>53</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>39</v>
+      </c>
+      <c r="E11" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" t="s">
+        <v>14</v>
+      </c>
+      <c r="I11" t="s">
         <v>54</v>
       </c>
-      <c r="D11" t="s">
+      <c r="J11" t="s">
         <v>55</v>
-      </c>
-[...13 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>6.2</v>
       </c>
       <c r="B12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C12" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" t="s">
+        <v>39</v>
+      </c>
+      <c r="E12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="I12" t="s">
         <v>58</v>
       </c>
-      <c r="C12" t="s">
+      <c r="J12" t="s">
         <v>59</v>
-      </c>
-[...16 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>6.3</v>
       </c>
       <c r="B13" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C13" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="I13" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="J13" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>7.1</v>
       </c>
       <c r="B14" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C14" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F14" t="s">
         <v>14</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="I14" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="J14" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>7.2</v>
       </c>
       <c r="B15">
         <v>7.2</v>
       </c>
       <c r="C15" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="D15" t="s">
         <v>31</v>
       </c>
       <c r="E15" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="I15" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="J15" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>7.3</v>
       </c>
       <c r="B16" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C16" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
         <v>31</v>
       </c>
       <c r="E16" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="I16" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="J16" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>7.4</v>
       </c>
       <c r="B17" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>15</v>
       </c>
       <c r="I17" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="J17" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>7.5</v>
       </c>
       <c r="B18" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C18" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D18" t="s">
         <v>31</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="I18" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="J18" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>7.7</v>
       </c>
       <c r="B19" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C19" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D19" t="s">
         <v>31</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="I19" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="J19" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>7.8</v>
       </c>
       <c r="B20" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C20" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="I20" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="J20" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>7.9</v>
       </c>
       <c r="B21" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D21" t="s">
         <v>31</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="I21" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="J21" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C22" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D22" t="s">
         <v>31</v>
       </c>
       <c r="E22" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
+        <v>94</v>
+      </c>
+      <c r="I22" t="s">
+        <v>95</v>
+      </c>
+      <c r="J22" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23">
         <v>10.1</v>
       </c>
       <c r="B23" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C23" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D23" t="s">
         <v>31</v>
       </c>
       <c r="E23" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="I23" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="J23" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24">
         <v>10.2</v>
       </c>
       <c r="B24" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C24" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F24" t="s">
         <v>14</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="I24" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="J24" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25">
         <v>10.3</v>
       </c>
       <c r="B25" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C25" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="I25" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="J25" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26">
         <v>10.4</v>
       </c>
       <c r="B26" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C26" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D26" t="s">
         <v>31</v>
       </c>
       <c r="E26" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="I26" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="J26" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27">
         <v>10.6</v>
       </c>
       <c r="B27" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C27" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D27" t="s">
         <v>31</v>
       </c>
       <c r="E27" t="s">
-        <v>114</v>
+        <v>45</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="I27" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="J27" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28">
         <v>10.7</v>
       </c>
       <c r="B28" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C28" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D28" t="s">
         <v>31</v>
       </c>
       <c r="E28" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F28" t="s">
         <v>14</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="I28" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="J28" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29">
         <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C29" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>32</v>
+        <v>119</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="I29" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="J29" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30">
         <v>12</v>
       </c>
       <c r="B30" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C30" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F30" t="s">
         <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="I30" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="J30" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">