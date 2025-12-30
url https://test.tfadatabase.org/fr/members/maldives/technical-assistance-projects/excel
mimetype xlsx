--- v0 (2025-10-19)
+++ v1 (2025-12-30)
@@ -12,92 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Mesure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Date indicative de mise en œuvre</t>
   </si>
   <si>
     <t>Date définitive de mise en œuvre</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>1.2.1 (a), 1.2.1 (b), 1.2.1 (c), 1.2.2, 1.2.3</t>
   </si>
   <si>
     <t>Renseignements disponibles sur Internet</t>
   </si>
   <si>
     <t>31 décembre 2023</t>
   </si>
   <si>
-    <t>31 décembre 2025</t>
+    <t>30 juin 2027</t>
   </si>
   <si>
     <t>Oui</t>
   </si>
   <si>
     <t>Non</t>
   </si>
   <si>
     <t xml:space="preserve">Assistance et soutien financier requis pour traduire en anglais toutes les lois, règles et réglementations, normes, directives, procédures opérationnelles normalisées relatives au commerce.
 Assistance et soutien technique nécessaires en vue de la modernisation du site Web du Ministère du développement économique et de l'Agence des produits alimentaires et pharmaceutiques.
 Assistance requise pour renforcer les capacités des fonctionnaires du Ministère du développement économique, de l'Agence des produits alimentaires et pharmaceutiques et du Ministère de la santé à administrer, tenir à jour et moderniser le site Web/portail d'information.
 Assistance nécessaire pour aider le Ministère des pêches, des ressources marines et de l'agriculture à perfectionner le système d'information sur les pêcheries et renforcer les capacités en matière d'administration et de mise à jour du portail d'information sur les pêcheries.
 </t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Ressources humaines et formation</t>
   </si>
   <si>
     <t>1.3.1, 1.3.2, 1.3.3, 1.3.4</t>
   </si>
   <si>
     <t>Points d'information</t>
   </si>
   <si>
     <t>31 décembre 2021</t>
@@ -142,51 +142,51 @@
   </si>
   <si>
     <t>Décisions anticipées</t>
   </si>
   <si>
     <t>22 octobre 2019</t>
   </si>
   <si>
     <t>BAD, OMD</t>
   </si>
   <si>
     <t xml:space="preserve">Assistance requise sous forme de formation et de renforcement de l'expertise des fonctionnaires des douanes et d'autres organismes à la frontière en matière de décision anticipée et de règles d'origine.
 Assistance en vue de la réalisation de campagnes de sensibilisation du public afin de sensibiliser et de mobiliser les parties prenantes.
 </t>
   </si>
   <si>
     <t>Ressources humaines et formation, Sensibilisation</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notification de contrôles ou d'inspections renforcés</t>
   </si>
   <si>
-    <t>30 juin 2026</t>
+    <t>30 décembre 2027</t>
   </si>
   <si>
     <t xml:space="preserve">Assistance et soutien nécessaires pour permettre à l'Agence de protection de la santé, à l'Agence des produits alimentaires et pharmaceutiques et au Ministère de la pêche, des ressources marines et de l'agriculture de mettre en œuvre un système d'alerte sur les notifications électroniques et pour renforcer les capacités afin de faciliter la notification de contrôles et/ou d'inspections renforcés.
 Assistance pour examiner le cadre juridique et les procédures aux fins d'analyse et d'amélioration.
 </t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Ressources humaines et formation</t>
   </si>
   <si>
     <t>5.3.1, 5.3.2, 5.3.3</t>
   </si>
   <si>
     <t>Procédures d'essai</t>
   </si>
   <si>
     <t xml:space="preserve">Assistance et soutien financier requis en vue de l'acquisition de kits d'essai et autre équipement/matériel de laboratoire pertinent.
 Assistance et soutien nécessaires pour former le personnel technique et renforcer les capacités de celui ci ainsi que les capacités d'essai du personnel de laboratoire.
 Assistance et soutien requis pour renforcer les capacités du Laboratoire national de santé publique pour le contrôle des aliments et des médicaments.
 Assistance et soutien également requis pour créer des installations portuaires aux niveaux central et régional en vue de l'entreposage des aliments et des médicaments.
 Assistance et soutien également nécessaires pour l'élaboration de paramètres d'essai et l'accréditation.
 </t>
   </si>
   <si>
     <t>Infrastructure et equipment, Ressources humaines et formation</t>
@@ -257,50 +257,53 @@
   </si>
   <si>
     <t xml:space="preserve">Assistance requise pour la conception, la planification et la réalisation d'études sur le temps moyen nécessaire à la mainlevée.
 Assistance requise pour développer les capacités du personnel, qui doit recevoir la formation nécessaire pour pouvoir améliorer le temps moyen nécessaire à la mainlevée.
 </t>
   </si>
   <si>
     <t>7.7.1, 7.7.2 (a) (i), 7.7.2 (a) (ii), 7.7.2 (a) (iii), 7.7.2 (a) (iv), 7.7.2 (b) (i), 7.7.2 (b) (ii), 7.7.3 (a), 7.7.3 (b), 7.7.3 (c), 7.7.3 (d), 7.7.3 (e), 7.7.3 (f), 7.7.3 (g), 7.7.4, 7.7.5, 7.7.6</t>
   </si>
   <si>
     <t>Opérateurs agréés</t>
   </si>
   <si>
     <t>31 décembre 2024</t>
   </si>
   <si>
     <t xml:space="preserve">Assistance technique et soutien nécessaires pour mettre en place un système d'opérateurs/négociants agréés, élaborer un cadre de contrôle grâce auquel les douanes peuvent établir la conformité de l'opérateur et en assurer le suivi, et assurer la formation appropriée aux fonctionnaires des douanes.
 Formation et renforcement des capacités également requis pour tous les autres organismes présents aux frontières afin de mieux respecter cette disposition.
 </t>
   </si>
   <si>
     <t>7.8.1 (a), 7.8.1 (b), 7.8.1 (c), 7.8.1 (d), 7.8.1 (e), 7.8.1 (f), 7.8.1 (g), 7.8.1 (h), 7.8.2 (a), 7.8.2 (b), 7.8.2 (c), 7.8.2 (d), 7.8.3</t>
   </si>
   <si>
     <t>Envois accélérés</t>
+  </si>
+  <si>
+    <t>31 décembre 2027</t>
   </si>
   <si>
     <t>10.3.1, 10.3.2</t>
   </si>
   <si>
     <t>Utilisation des normes internationales</t>
   </si>
   <si>
     <t xml:space="preserve">Formation et renforcement des capacités nécessaires pour aider le personnel des institutions pertinentes à s'aligner sur les normes internationales et les meilleures pratiques.
 Assistance requise pour évaluer les capacités en matière d'essai, de certification, d'inspection et d'accréditation des organismes de réglementation pertinents et moderniser les installations de manière conforme aux normes internationales.
 Assistance requise en vue de l'adhésion au carnet ATA. (Note: Les douanes adhéreront bientôt à la Convention de Kyoto révisée.)
 Formation nécessaire pour que les agents des douanes puissent mettre en œuvre le carnet ATA.
 Soutien spécialisé requis pour identifier les lacunes entre la législation existante et les normes internationales et aider à la mettre en conformité avec celles ci.
 </t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Diagnostic et evaluation des besoins, Ressources humaines et formation</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Guichet unique</t>
   </si>
   <si>
@@ -1105,179 +1108,179 @@
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="I14" t="s">
         <v>69</v>
       </c>
       <c r="J14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>7.8</v>
       </c>
       <c r="B15" t="s">
         <v>70</v>
       </c>
       <c r="C15" t="s">
         <v>71</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="F15" t="s">
         <v>15</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="J15" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>10.3</v>
       </c>
       <c r="B16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
         <v>13</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="I16" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J16" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>10.4</v>
       </c>
       <c r="B17" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>13</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I17" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J17" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>10.9</v>
       </c>
       <c r="B18" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C18" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
         <v>13</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="I18" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J18" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C19" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>61</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="I19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J19" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">