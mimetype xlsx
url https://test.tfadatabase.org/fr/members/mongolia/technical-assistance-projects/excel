--- v0 (2025-10-19)
+++ v1 (2025-12-29)
@@ -256,51 +256,51 @@
   </si>
   <si>
     <t>10.3.1, 10.3.2</t>
   </si>
   <si>
     <t>Utilisation des normes internationales</t>
   </si>
   <si>
     <t>31 janvier 2025</t>
   </si>
   <si>
     <t> Assistance pour la révision de la mise en œuvre des normes (par exemple, GASI pour les
 normes SPS).
  Soutien pour le renforcement des capacités concernant l'application des normes internationales.</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Guichet unique</t>
   </si>
   <si>
     <t>1 juillet 2022</t>
   </si>
   <si>
-    <t>31 décembre 2025</t>
+    <t>30 juin 2027</t>
   </si>
   <si>
     <t> Assistance pour la réalisation d'une analyse des méthodes de travail.
  Rationalisation des réglementations/procédures de chaque organisme.
  Soutien pour l'étude de faisabilité et le plan de mise en œuvre du guichet unique.
  Soutien pour la mise en place du guichet unique, y compris l'élaboration du système de
 chaque organisme. 
  Soutien pour la connexion des points de passage de la frontière isolés, grâce à la fibre optique.</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Infrastructure et equipment, Diagnostic et evaluation des besoins, Procédures institutionnelles</t>
   </si>
   <si>
     <t>10.6.1, 10.6.2, 10.6.3</t>
   </si>
   <si>
     <t>Recours aux courtiers en douane</t>
   </si>
   <si>
     <t>31 décembre 2020</t>
   </si>
   <si>
     <t xml:space="preserve"> Soutien pour le renforcement des capacités des courtiers en douane en vue de les aider à remplir leur mission. </t>
   </si>
   <si>