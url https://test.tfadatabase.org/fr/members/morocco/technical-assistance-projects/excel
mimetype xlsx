--- v0 (2025-10-18)
+++ v1 (2025-12-14)
@@ -53,51 +53,51 @@
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notification de contrôles ou d'inspections renforcés</t>
   </si>
   <si>
     <t>22 février 2022</t>
   </si>
   <si>
-    <t>31 décembre 2025</t>
+    <t>31 juillet 2025</t>
   </si>
   <si>
     <t>Oui</t>
   </si>
   <si>
     <t>Non</t>
   </si>
   <si>
     <t>•	Mise en place d'un système de contrôles renforcés et informatisé à l'export.
 •	Mise en place d'un système d'alerte rapide à l'importation.</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC)</t>
   </si>
   <si>
     <t>7.1.1, 7.1.2</t>
   </si>
   <si>
     <t>Prétraitement avant arrivée</t>
   </si>
   <si>
     <t>•	Révision réglementaire en matière de certification électronique en conformité avec la réglementation nationale relative à l'échange électronique des données.</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire</t>