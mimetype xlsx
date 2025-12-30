--- v0 (2025-10-19)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Mesure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Date indicative de mise en œuvre</t>
   </si>
   <si>
     <t>Date définitive de mise en œuvre</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
@@ -322,50 +322,53 @@
     <t>Technologies de l’information et de la communication (TIC), Ressources humaines et formation, Sensibilisation</t>
   </si>
   <si>
     <t>10.6.1, 10.6.2, 10.6.3</t>
   </si>
   <si>
     <t>Recours aux courtiers en douane</t>
   </si>
   <si>
     <t xml:space="preserve">•	Examen des prescriptions en matière de licences pour s'assurer qu'elles sont objectives et transparentes;
 •	formation aux prescriptions en matière de publication;
 •	assistance technique pour la conception et l'élaboration d'un système prévoyant un mécanisme de profilage intégré pour les courtiers;
 •	assistance pour la sensibilisation et pour la formation concernant le déploiement du nouveau système;
 •	assistance technique (financement) pour la formation des courtiers aux procédures douanières. Élaboration de politiques/procédures/mécanismes de suivi pour faire en sorte que les procédures soient appliquées de manière uniforme dans tout le pays;
 •	assistance technique et soutien pour la simplification et l'optimisation des processus et procédures à la frontière avec l'ensemble des institutions afin d'améliorer les contrôles, d'éliminer les formalités inutiles et d'harmoniser les prescriptions pour préserver les bonnes pratiques internationales.
 </t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Cadre législatif et réglementaire, Procédures institutionnelles, Ressources humaines et formation, Sensibilisation</t>
   </si>
   <si>
     <t>11.1 (a), 11.1 (b)</t>
   </si>
   <si>
     <t xml:space="preserve">Transit </t>
+  </si>
+  <si>
+    <t>31 août 2025</t>
   </si>
   <si>
     <t xml:space="preserve">•	Assistance technique pour la formulation des politiques, la conception, la mise en place et le financement des infrastructures de transit. Examen et, si nécessaire, modification des lois, réglementations, procédures et prescriptions en matière de documents requis;
 •	examen des redevances de transit pour s'assurer qu'elles reflètent le coût des services rendus;
 •	assistance pour évaluer l'impact des mesures appliquées au trafic en transit (impositions, réglementations, formalités);
 •	assistance technique et financière pour le renforcement des capacités des fonctionnaires en ce qui concerne les procédures de transit et les systèmes de garantie, y compris au niveau régional;
 •	assistance technique pour l'élaboration de règlements et procédures techniques;
 •	assistance financière pour la réalisation de campagnes de sensibilisation du public, en particulier auprès des services des douanes et des parties prenantes;
 •	vérification que les objectifs sont légitimes et que les solutions les moins restrictives pour le commerce sont appliquées;
 •	examen, amélioration et modification des procédures de gestion des garanties;
 •	examen/mise à jour des systèmes automatisés afin de disposer d'outils pour le contrôle des opérations de transit et la gestion des garanties relatives au transit;
 •	formation de toutes les parties prenantes;
 •	formation/renforcement des capacités du coordonnateur du transit.
 </t>
   </si>
   <si>
     <t xml:space="preserve">•	Assistance technique pour la formulation des politiques, la conception, la mise en place et le financement des infrastructures de transit. Examen et, si nécessaire, modification des lois, réglementations, procédures et prescriptions en matière de documents requis;
 •	examen des redevances de transit pour s'assurer qu'elles reflètent le coût des services rendus;
 •	assistance pour évaluer l'impact des mesures appliquées au trafic en transit (impositions, réglementations, formalités);
 •	assistance technique et financière pour le renforcement des capacités des fonctionnaires en ce qui concerne les procédures de transit et les systèmes de garantie, y compris au niveau régional;
 •	assistance technique pour l'élaboration de règlements et procédures techniques;
 •	assistance financière pour la réalisation de campagnes de sensibilisation du public, en particulier auprès des services des douanes et des parties prenantes;
 •	vérification que les objectifs sont légitimes et que les solutions les moins restrictives pour le commerce sont appliquées;
 •	examen, amélioration et modification des procédures de gestion des garanties;
 •	examen/mise à jour des systèmes automatisés afin de disposer d'outils pour le contrôle des opérations de transit et la gestion des garanties relatives au transit;
@@ -1137,524 +1140,524 @@
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="I14" t="s">
         <v>67</v>
       </c>
       <c r="J14" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>11</v>
       </c>
       <c r="B15" t="s">
         <v>69</v>
       </c>
       <c r="C15" t="s">
         <v>70</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="F15" t="s">
         <v>18</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="I15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J15" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>11</v>
       </c>
       <c r="B16">
         <v>11.2</v>
       </c>
       <c r="C16" t="s">
         <v>70</v>
       </c>
       <c r="D16" t="s">
         <v>34</v>
       </c>
       <c r="E16" t="s">
         <v>34</v>
       </c>
       <c r="F16" t="s">
         <v>18</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="I16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J16" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>11</v>
       </c>
       <c r="B17">
         <v>11.3</v>
       </c>
       <c r="C17" t="s">
         <v>70</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="F17" t="s">
         <v>18</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="I17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>11</v>
       </c>
       <c r="B18">
         <v>11.4</v>
       </c>
       <c r="C18" t="s">
         <v>70</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="F18" t="s">
         <v>18</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="I18" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J18" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>11</v>
       </c>
       <c r="B19">
         <v>11.5</v>
       </c>
       <c r="C19" t="s">
         <v>70</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="F19" t="s">
         <v>18</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="I19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J19" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C20" t="s">
         <v>70</v>
       </c>
       <c r="D20" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E20" t="s">
         <v>34</v>
       </c>
       <c r="F20" t="s">
         <v>18</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="I20" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J20" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
         <v>11</v>
       </c>
       <c r="B21">
         <v>11.7</v>
       </c>
       <c r="C21" t="s">
         <v>70</v>
       </c>
       <c r="D21" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E21" t="s">
         <v>34</v>
       </c>
       <c r="F21" t="s">
         <v>18</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="I21" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J21" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
         <v>11</v>
       </c>
       <c r="B22">
         <v>11.8</v>
       </c>
       <c r="C22" t="s">
         <v>70</v>
       </c>
       <c r="D22" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E22" t="s">
         <v>34</v>
       </c>
       <c r="F22" t="s">
         <v>18</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="I22" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J22" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23">
         <v>11</v>
       </c>
       <c r="B23">
         <v>11.9</v>
       </c>
       <c r="C23" t="s">
         <v>70</v>
       </c>
       <c r="D23" t="s">
         <v>34</v>
       </c>
       <c r="E23" t="s">
         <v>34</v>
       </c>
       <c r="F23" t="s">
         <v>18</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="I23" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J23" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24">
         <v>11</v>
       </c>
       <c r="B24">
         <v>11.1</v>
       </c>
       <c r="C24" t="s">
         <v>70</v>
       </c>
       <c r="D24" t="s">
         <v>34</v>
       </c>
       <c r="E24" t="s">
         <v>34</v>
       </c>
       <c r="F24" t="s">
         <v>18</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="I24" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J24" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25">
         <v>11</v>
       </c>
       <c r="B25">
         <v>11.11</v>
       </c>
       <c r="C25" t="s">
         <v>70</v>
       </c>
       <c r="D25" t="s">
         <v>44</v>
       </c>
       <c r="E25" t="s">
         <v>45</v>
       </c>
       <c r="F25" t="s">
         <v>18</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="I25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J25" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26">
         <v>11</v>
       </c>
       <c r="B26">
         <v>11.12</v>
       </c>
       <c r="C26" t="s">
         <v>70</v>
       </c>
       <c r="D26" t="s">
         <v>34</v>
       </c>
       <c r="E26" t="s">
         <v>34</v>
       </c>
       <c r="F26" t="s">
         <v>18</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="I26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J26" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27">
         <v>11</v>
       </c>
       <c r="B27">
         <v>11.13</v>
       </c>
       <c r="C27" t="s">
         <v>70</v>
       </c>
       <c r="D27" t="s">
         <v>44</v>
       </c>
       <c r="E27" t="s">
         <v>45</v>
       </c>
       <c r="F27" t="s">
         <v>18</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="I27" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J27" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28">
         <v>11</v>
       </c>
       <c r="B28">
         <v>11.14</v>
       </c>
       <c r="C28" t="s">
         <v>70</v>
       </c>
       <c r="D28" t="s">
         <v>34</v>
       </c>
       <c r="E28" t="s">
         <v>34</v>
       </c>
       <c r="F28" t="s">
         <v>18</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="I28" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J28" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29">
         <v>11</v>
       </c>
       <c r="B29">
         <v>11.15</v>
       </c>
       <c r="C29" t="s">
         <v>70</v>
       </c>
       <c r="D29" t="s">
         <v>44</v>
       </c>
       <c r="E29" t="s">
         <v>45</v>
       </c>
       <c r="F29" t="s">
         <v>18</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="I29" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J29" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30">
         <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C30" t="s">
         <v>70</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="F30" t="s">
         <v>18</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="I30" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J30" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31">
         <v>11</v>
       </c>
       <c r="B31">
         <v>11.17</v>
       </c>
       <c r="C31" t="s">
         <v>70</v>
       </c>
       <c r="D31" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E31" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F31" t="s">
         <v>18</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="I31" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J31" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>