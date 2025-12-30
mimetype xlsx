--- v0 (2025-10-19)
+++ v1 (2025-12-30)
@@ -236,51 +236,51 @@
   <si>
     <t>22 décembre 2020</t>
   </si>
   <si>
     <t>5.1 (b)</t>
   </si>
   <si>
     <t>5.1 (c)</t>
   </si>
   <si>
     <t>5.1 (d)</t>
   </si>
   <si>
     <t>Rétention</t>
   </si>
   <si>
     <t>Procédures d'essai</t>
   </si>
   <si>
     <t>5.3.1</t>
   </si>
   <si>
     <t>22 février 2022</t>
   </si>
   <si>
-    <t>22 décembre 2025</t>
+    <t>22 juin 2027</t>
   </si>
   <si>
     <t>5.3.2</t>
   </si>
   <si>
     <t>5.3.3</t>
   </si>
   <si>
     <t xml:space="preserve">Disciplines générales concernant les redevances et impositions </t>
   </si>
   <si>
     <t>6.1.1</t>
   </si>
   <si>
     <t>6.1.2</t>
   </si>
   <si>
     <t>6.1.3</t>
   </si>
   <si>
     <t>6.1.4</t>
   </si>
   <si>
     <t xml:space="preserve">Disciplines spécifiques concernant les redevances et impositions </t>
   </si>