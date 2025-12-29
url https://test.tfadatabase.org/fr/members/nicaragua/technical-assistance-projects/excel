--- v0 (2025-10-19)
+++ v1 (2025-12-29)
@@ -96,51 +96,51 @@
   </si>
   <si>
     <t>Notification de contrôles ou d'inspections renforcés</t>
   </si>
   <si>
     <t>22 décembre 2020</t>
   </si>
   <si>
     <t xml:space="preserve">•	Conseils en vue de l'achèvement des procédures de notification.
 •	Création d'une section sur le site Web de l'IPSA dans laquelle serait publié le statut sanitaire et phytosanitaire du pays, en plus des informations déjà disponibles sur les sites de la CIPV, de l'OIE et de l'OMC.
 </t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Diagnostic et evaluation des besoins</t>
   </si>
   <si>
     <t>5.3.1, 5.3.2, 5.3.3</t>
   </si>
   <si>
     <t>Procédures d'essai</t>
   </si>
   <si>
     <t>22 février 2022</t>
   </si>
   <si>
-    <t>22 décembre 2025</t>
+    <t>22 juin 2027</t>
   </si>
   <si>
     <t xml:space="preserve">Renforcement des laboratoires de diagnostic phytosanitaire des départements de Managua, d'Estelí, de León et de Rivas ainsi que du laboratoire national des résidus chimiques et biologiques au moyen de l'acquisition d'équipements, de matériel et de réactifs, renforcement de la mise en œuvre des méthodes de diagnostic, de la formation du personnel et des infrastructures des laboratoires régionaux, l'objectif étant d'apporter des réponses aux exportateurs et importateurs de produits et sous-produits d'origine végétale.
 Détails de l'aide financière:
 Réactifs, consommables et matériel des laboratoires centraux et régionaux: 700 000,00 $EU.
 Renforcement des capacités de diagnostic et des compétences techniques du personnel (formations sanctionnées par un diplôme, ateliers, cours spécialisés, cours de troisième cycle, stages, etc.): 100 000,00 $EU.
 Restructuration et aménagement de 3 laboratoires régionaux de diagnostic phytosanitaire dans les départements d'Estelí, de León et de Rivas: 300 000,00 $EU
 TOTAL: 1 100 000,00 $EU
 </t>
   </si>
   <si>
     <t>Infrastructure et equipment, Ressources humaines et formation</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Guichet unique</t>
   </si>
   <si>
     <t>22 juin 2022</t>
   </si>
   <si>
     <t>BID</t>
   </si>