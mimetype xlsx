--- v0 (2025-10-18)
+++ v1 (2025-12-14)
@@ -230,51 +230,51 @@
   <si>
     <t>7.8.1 (a), 7.8.1 (b), 7.8.1 (c), 7.8.1 (d), 7.8.1 (e), 7.8.1 (f), 7.8.1 (g), 7.8.1 (h), 7.8.2 (a), 7.8.2 (b), 7.8.2 (c), 7.8.2 (d), 7.8.3</t>
   </si>
   <si>
     <t>Envois accélérés</t>
   </si>
   <si>
     <t>1 septembre 2022</t>
   </si>
   <si>
     <t>1.	Recourir à un cabinet de consultants indépendant afin d'élaborer une procédure simplifiée pour les envois accélérés à l'exportation.</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC), Diagnostic et evaluation des besoins, Procédures institutionnelles</t>
   </si>
   <si>
     <t>8.1, 8.2 (a), 8.2 (b), 8.2 (c), 8.2 (d), 8.2 (e)</t>
   </si>
   <si>
     <t>Coopération entre les organismes présents aux frontières</t>
   </si>
   <si>
     <t>1 mars 2021</t>
   </si>
   <si>
-    <t>1 mars 2026</t>
+    <t>1 septembre 2027</t>
   </si>
   <si>
     <t>1.	Détermination du nombre de ports privés existants, de leurs conditions d'exploitation et de leur certification afin que la Préfecture navale puisse effectuer son travail de contrôle des conditions d'exploitation des ports privés.
 2.	Mise en œuvre de la gestion des risques de manière effective et transparente.
 3.	Coopération technique en vue de réviser le cadre réglementaire régissant les ports publics et privés et définissant les responsabilités en ce qui concerne la navigabilité des fleuves (Loi n° 1066/65).
 4.	Accélération des inspections réalisées dans le circuit rouge aux points d'accès publics et privés.</t>
   </si>
   <si>
     <t>Cadre législatif et réglementaire, Diagnostic et evaluation des besoins, Procédures institutionnelles</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>