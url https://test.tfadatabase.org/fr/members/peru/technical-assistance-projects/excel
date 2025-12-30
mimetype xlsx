--- v0 (2025-10-19)
+++ v1 (2025-12-30)
@@ -53,51 +53,51 @@
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notification de contrôles ou d'inspections renforcés</t>
   </si>
   <si>
     <t>22 février 2023</t>
   </si>
   <si>
-    <t>22 février 2026</t>
+    <t>30 juin 2027</t>
   </si>
   <si>
     <t>Oui</t>
   </si>
   <si>
     <t>WB, SECO, HELVETAS, IICA</t>
   </si>
   <si>
     <t>Mise en place d'un système d'alerte sanitaire rapide à l'échelon national</t>
   </si>
   <si>
     <t>Technologies de l’information et de la communication (TIC)</t>
   </si>
   <si>
     <t>5.3.1, 5.3.2, 5.3.3</t>
   </si>
   <si>
     <t>Procédures d'essai</t>
   </si>
   <si>
     <t>WB, SECO, HELVETAS</t>
   </si>
   <si>
     <t>Identification des procédures prévoyant la possibilité d'un second essai</t>
   </si>